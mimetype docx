--- v0 (2025-10-30)
+++ v1 (2025-12-15)
@@ -1,54 +1,56 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
+  <Default Extension="emf" ContentType="image/x-emf"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Default Extension="xml" ContentType="application/xml"/>
   <Override PartName="/word/document.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.document.main+xml"/>
   <Override PartName="/customXml/itemProps1.xml" ContentType="application/vnd.openxmlformats-officedocument.customXmlProperties+xml"/>
   <Override PartName="/word/numbering.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.numbering+xml"/>
   <Override PartName="/word/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.styles+xml"/>
+  <Override PartName="/word/stylesWithEffects.xml" ContentType="application/vnd.ms-word.stylesWithEffects+xml"/>
   <Override PartName="/word/settings.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.settings+xml"/>
   <Override PartName="/word/webSettings.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.webSettings+xml"/>
   <Override PartName="/word/footnotes.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.footnotes+xml"/>
   <Override PartName="/word/endnotes.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.endnotes+xml"/>
   <Override PartName="/word/header1.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.header+xml"/>
   <Override PartName="/word/footer1.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.footer+xml"/>
   <Override PartName="/word/fontTable.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.fontTable+xml"/>
   <Override PartName="/word/theme/theme1.xml" ContentType="application/vnd.openxmlformats-officedocument.theme+xml"/>
   <Override PartName="/docProps/core.xml" ContentType="application/vnd.openxmlformats-package.core-properties+xml"/>
   <Override PartName="/docProps/app.xml" ContentType="application/vnd.openxmlformats-officedocument.extended-properties+xml"/>
   <Override PartName="/docProps/custom.xml" ContentType="application/vnd.openxmlformats-officedocument.custom-properties+xml"/>
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="docProps/app.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="docProps/core.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="word/document.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/custom-properties" Target="docProps/custom.xml"/></Relationships>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="docProps/core.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/thumbnail" Target="docProps/thumbnail.emf"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="word/document.xml"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/custom-properties" Target="docProps/custom.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="docProps/app.xml"/></Relationships>
 </file>
 
 <file path=word/document.xml><?xml version="1.0" encoding="utf-8"?>
-<w:document xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du wp14">
+<w:document xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 wp14">
   <w:body>
     <w:p w14:paraId="0EFB0A01" w14:textId="33CA476E" w:rsidR="00341308" w:rsidRPr="00512960" w:rsidRDefault="00341308" w:rsidP="00C5335A">
       <w:pPr>
         <w:bidi/>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
         <w:jc w:val="center"/>
         <w:rPr>
           <w:rFonts w:asciiTheme="majorBidi" w:eastAsia="Calibri" w:hAnsiTheme="majorBidi" w:cstheme="majorBidi"/>
           <w:b/>
           <w:bCs/>
           <w:color w:val="0D0D0D" w:themeColor="text1" w:themeTint="F2"/>
           <w:rtl/>
           <w:lang w:val="en-US" w:bidi="ar-DZ"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="00512960">
         <w:rPr>
           <w:rFonts w:asciiTheme="majorBidi" w:eastAsia="Calibri" w:hAnsiTheme="majorBidi" w:cstheme="majorBidi"/>
           <w:b/>
           <w:bCs/>
           <w:color w:val="0D0D0D" w:themeColor="text1" w:themeTint="F2"/>
           <w:rtl/>
           <w:lang w:val="en-US" w:bidi="ar-JO"/>
         </w:rPr>
         <w:t>عنوان المقال (باللغة العربية)</w:t>
@@ -337,51 +339,51 @@
           <w:rFonts w:asciiTheme="majorBidi" w:hAnsiTheme="majorBidi" w:cstheme="majorBidi"/>
           <w:b/>
           <w:bCs/>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
           <w:rtl/>
           <w:lang w:val="en-US" w:bidi="ar-LY"/>
           <w14:ligatures w14:val="none"/>
         </w:rPr>
         <w:t xml:space="preserve"> البريد الإلكتروني (للباحث المرجعي):</w:t>
       </w:r>
       <w:r w:rsidRPr="00512960">
         <w:rPr>
           <w:rFonts w:asciiTheme="majorBidi" w:hAnsiTheme="majorBidi" w:cstheme="majorBidi"/>
           <w:b/>
           <w:bCs/>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
           <w:vertAlign w:val="superscript"/>
           <w:rtl/>
           <w:lang w:val="en-US" w:bidi="ar-LY"/>
           <w14:ligatures w14:val="none"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
-      <w:hyperlink r:id="rId8" w:history="1">
+      <w:hyperlink r:id="rId9" w:history="1">
         <w:r w:rsidRPr="00512960">
           <w:rPr>
             <w:rStyle w:val="Hyperlink"/>
             <w:rFonts w:asciiTheme="majorBidi" w:hAnsiTheme="majorBidi" w:cstheme="majorBidi"/>
             <w:sz w:val="20"/>
             <w:szCs w:val="20"/>
             <w:lang w:val="en-US"/>
             <w14:ligatures w14:val="none"/>
           </w:rPr>
           <w:t>xxxxxxxx@xxxx.com</w:t>
         </w:r>
       </w:hyperlink>
     </w:p>
     <w:p w14:paraId="4228CDCD" w14:textId="77777777" w:rsidR="009911DF" w:rsidRPr="00512960" w:rsidRDefault="009911DF" w:rsidP="00C5335A">
       <w:pPr>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
         <w:jc w:val="center"/>
         <w:rPr>
           <w:rFonts w:asciiTheme="majorBidi" w:hAnsiTheme="majorBidi" w:cstheme="majorBidi"/>
           <w:b/>
           <w:bCs/>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
           <w:lang w:val="en-US"/>
           <w14:ligatures w14:val="none"/>
@@ -1670,577 +1672,1150 @@
         <w:t>(</w:t>
       </w:r>
       <w:r w:rsidR="00512960" w:rsidRPr="00512960">
         <w:rPr>
           <w:rFonts w:asciiTheme="majorBidi" w:eastAsia="Calibri" w:hAnsiTheme="majorBidi" w:cstheme="majorBidi"/>
           <w:snapToGrid w:val="0"/>
           <w:w w:val="0"/>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
           <w:lang w:val="en-US" w:eastAsia="it-IT" w:bidi="ar-JO"/>
         </w:rPr>
         <w:t>Times New Roman</w:t>
       </w:r>
       <w:r w:rsidRPr="00512960">
         <w:rPr>
           <w:rFonts w:asciiTheme="majorBidi" w:eastAsia="Calibri" w:hAnsiTheme="majorBidi" w:cstheme="majorBidi"/>
           <w:snapToGrid w:val="0"/>
           <w:w w:val="0"/>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
           <w:lang w:val="en-US" w:eastAsia="it-IT" w:bidi="ar-JO"/>
         </w:rPr>
         <w:t>-14)</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="5A38FE50" w14:textId="77777777" w:rsidR="00C27D1C" w:rsidRPr="00512960" w:rsidRDefault="00C27D1C" w:rsidP="00C5335A">
+    <w:p w14:paraId="5A38FE50" w14:textId="77777777" w:rsidR="00C27D1C" w:rsidRDefault="00C27D1C" w:rsidP="00C5335A">
       <w:pPr>
         <w:bidi/>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="576" w:hanging="576"/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:rFonts w:asciiTheme="majorBidi" w:eastAsia="Calibri" w:hAnsiTheme="majorBidi" w:cstheme="majorBidi" w:hint="cs"/>
           <w:b/>
           <w:bCs/>
           <w:snapToGrid w:val="0"/>
           <w:w w:val="0"/>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
           <w:u w:val="thick"/>
           <w:rtl/>
           <w:lang w:val="en-US" w:eastAsia="it-IT"/>
         </w:rPr>
       </w:pPr>
-    </w:p>
-    <w:p w14:paraId="23B16805" w14:textId="351AA502" w:rsidR="00341308" w:rsidRPr="00512960" w:rsidRDefault="00341308" w:rsidP="00C5335A">
+      <w:bookmarkStart w:id="0" w:name="_GoBack"/>
+      <w:bookmarkEnd w:id="0"/>
+    </w:p>
+    <w:p w14:paraId="71EC9DEC" w14:textId="77777777" w:rsidR="003F7399" w:rsidRDefault="003F7399" w:rsidP="003F7399">
       <w:pPr>
         <w:bidi/>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="576" w:hanging="576"/>
         <w:jc w:val="both"/>
         <w:rPr>
-          <w:rFonts w:asciiTheme="majorBidi" w:eastAsia="Calibri" w:hAnsiTheme="majorBidi" w:cstheme="majorBidi"/>
+          <w:rFonts w:asciiTheme="majorBidi" w:eastAsia="Calibri" w:hAnsiTheme="majorBidi" w:cstheme="majorBidi" w:hint="cs"/>
+          <w:b/>
+          <w:bCs/>
           <w:snapToGrid w:val="0"/>
           <w:w w:val="0"/>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
-          <w:rtl/>
-[...3 lines deleted...]
-      <w:r w:rsidRPr="00512960">
+          <w:u w:val="thick"/>
+          <w:rtl/>
+          <w:lang w:val="en-US" w:eastAsia="it-IT"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w14:paraId="1D7358ED" w14:textId="77777777" w:rsidR="003F7399" w:rsidRPr="00512960" w:rsidRDefault="003F7399" w:rsidP="003F7399">
+      <w:pPr>
+        <w:bidi/>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:ind w:left="576" w:hanging="576"/>
+        <w:jc w:val="both"/>
         <w:rPr>
           <w:rFonts w:asciiTheme="majorBidi" w:eastAsia="Calibri" w:hAnsiTheme="majorBidi" w:cstheme="majorBidi"/>
           <w:b/>
           <w:bCs/>
           <w:snapToGrid w:val="0"/>
           <w:w w:val="0"/>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
-          <w:rtl/>
-[...90 lines deleted...]
-      </w:r>
+          <w:u w:val="thick"/>
+          <w:rtl/>
+          <w:lang w:val="en-US" w:eastAsia="it-IT"/>
+        </w:rPr>
+      </w:pPr>
     </w:p>
     <w:p w14:paraId="597A6B14" w14:textId="77777777" w:rsidR="00C27D1C" w:rsidRPr="00512960" w:rsidRDefault="00C27D1C" w:rsidP="00C5335A">
       <w:pPr>
         <w:bidi/>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="576" w:hanging="576"/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:rFonts w:asciiTheme="majorBidi" w:eastAsia="Calibri" w:hAnsiTheme="majorBidi" w:cstheme="majorBidi"/>
           <w:b/>
           <w:bCs/>
           <w:snapToGrid w:val="0"/>
           <w:w w:val="0"/>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
           <w:u w:val="thick"/>
           <w:rtl/>
           <w:lang w:val="en-US" w:eastAsia="it-IT"/>
         </w:rPr>
       </w:pPr>
     </w:p>
-    <w:p w14:paraId="08F99D13" w14:textId="2D6D69A3" w:rsidR="00341308" w:rsidRPr="00512960" w:rsidRDefault="00341308" w:rsidP="00C5335A">
+    <w:p w14:paraId="08F99D13" w14:textId="088A695A" w:rsidR="00341308" w:rsidRPr="00512960" w:rsidRDefault="00341308" w:rsidP="003F7399">
       <w:pPr>
         <w:bidi/>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="576" w:hanging="576"/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:rFonts w:asciiTheme="majorBidi" w:eastAsia="Calibri" w:hAnsiTheme="majorBidi" w:cstheme="majorBidi"/>
           <w:snapToGrid w:val="0"/>
           <w:w w:val="0"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
           <w:rtl/>
           <w:lang w:val="en-US" w:eastAsia="it-IT" w:bidi="ar-JO"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="00512960">
         <w:rPr>
           <w:rFonts w:asciiTheme="majorBidi" w:eastAsia="Calibri" w:hAnsiTheme="majorBidi" w:cstheme="majorBidi"/>
           <w:b/>
           <w:bCs/>
           <w:snapToGrid w:val="0"/>
           <w:w w:val="0"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
           <w:rtl/>
           <w:lang w:val="en-US" w:eastAsia="it-IT" w:bidi="ar-JO"/>
         </w:rPr>
+        <w:lastRenderedPageBreak/>
         <w:t xml:space="preserve">المصادر والمراجع: </w:t>
       </w:r>
-      <w:r w:rsidRPr="00512960">
-[...1 lines deleted...]
-          <w:rFonts w:asciiTheme="majorBidi" w:eastAsia="Calibri" w:hAnsiTheme="majorBidi" w:cstheme="majorBidi"/>
+    </w:p>
+    <w:p w14:paraId="5571EF67" w14:textId="77777777" w:rsidR="003F7399" w:rsidRDefault="003F7399" w:rsidP="00C5335A">
+      <w:pPr>
+        <w:bidi/>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:ind w:left="576" w:hanging="576"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:asciiTheme="majorBidi" w:eastAsia="Calibri" w:hAnsiTheme="majorBidi" w:cstheme="majorBidi" w:hint="cs"/>
           <w:snapToGrid w:val="0"/>
           <w:w w:val="0"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
           <w:rtl/>
-          <w:lang w:val="en-US" w:eastAsia="it-IT" w:bidi="ar-JO"/>
-[...3 lines deleted...]
-      <w:r w:rsidRPr="00512960">
+          <w:lang w:val="en-US" w:bidi="ar-JO"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w14:paraId="2727A7C2" w14:textId="77777777" w:rsidR="003F7399" w:rsidRPr="003F7399" w:rsidRDefault="003F7399" w:rsidP="003F7399">
+      <w:pPr>
+        <w:bidi/>
+        <w:spacing w:line="240" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rFonts w:asciiTheme="majorBidi" w:eastAsia="Calibri" w:hAnsiTheme="majorBidi" w:cstheme="majorBidi"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:rtl/>
+          <w:lang w:val="en-US" w:eastAsia="it-IT" w:bidi="ar-JO"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="003F7399">
+        <w:rPr>
+          <w:rFonts w:asciiTheme="majorBidi" w:eastAsia="Calibri" w:hAnsiTheme="majorBidi" w:cstheme="majorBidi"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:rtl/>
+          <w:lang w:val="en-US" w:eastAsia="it-IT" w:bidi="ar-JO"/>
+        </w:rPr>
+        <w:t>يلتزم في إعداد المراجع داخل هذه المجلة باتباع أسلوب</w:t>
+      </w:r>
+      <w:r w:rsidRPr="003F7399">
+        <w:rPr>
+          <w:rFonts w:asciiTheme="majorBidi" w:eastAsia="Calibri" w:hAnsiTheme="majorBidi" w:cstheme="majorBidi"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="en-US" w:eastAsia="it-IT" w:bidi="ar-JO"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> (APA) </w:t>
+      </w:r>
+      <w:r w:rsidRPr="003F7399">
+        <w:rPr>
+          <w:rFonts w:asciiTheme="majorBidi" w:eastAsia="Calibri" w:hAnsiTheme="majorBidi" w:cstheme="majorBidi"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:rtl/>
+          <w:lang w:val="en-US" w:eastAsia="it-IT" w:bidi="ar-JO"/>
+        </w:rPr>
+        <w:t>الإصدار السابع، وهو أحد أكثر الأنماط شيوعاً في توثيق المراجع العلمية. يهدف هذا الأسلوب إلى تحقيق الدقة والوضوح في توثيق المصادر، وتمكين القارئ من الرجوع بسهولة إلى المراجع المستخدمة</w:t>
+      </w:r>
+      <w:r w:rsidRPr="003F7399">
+        <w:rPr>
+          <w:rFonts w:asciiTheme="majorBidi" w:eastAsia="Calibri" w:hAnsiTheme="majorBidi" w:cstheme="majorBidi"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="en-US" w:eastAsia="it-IT" w:bidi="ar-JO"/>
+        </w:rPr>
+        <w:t>.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="375B8662" w14:textId="77777777" w:rsidR="003F7399" w:rsidRPr="003F7399" w:rsidRDefault="003F7399" w:rsidP="003F7399">
+      <w:pPr>
+        <w:bidi/>
+        <w:spacing w:line="240" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rFonts w:asciiTheme="majorBidi" w:eastAsia="Calibri" w:hAnsiTheme="majorBidi" w:cstheme="majorBidi"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:rtl/>
+          <w:lang w:val="en-US" w:eastAsia="it-IT" w:bidi="ar-JO"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="003F7399">
+        <w:rPr>
+          <w:rFonts w:asciiTheme="majorBidi" w:eastAsia="Calibri" w:hAnsiTheme="majorBidi" w:cstheme="majorBidi"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:rtl/>
+          <w:lang w:val="en-US" w:eastAsia="it-IT" w:bidi="ar-JO"/>
+        </w:rPr>
+        <w:t>يُراعى عند استخدام نمط</w:t>
+      </w:r>
+      <w:r w:rsidRPr="003F7399">
+        <w:rPr>
+          <w:rFonts w:asciiTheme="majorBidi" w:eastAsia="Calibri" w:hAnsiTheme="majorBidi" w:cstheme="majorBidi"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="en-US" w:eastAsia="it-IT" w:bidi="ar-JO"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> APA </w:t>
+      </w:r>
+      <w:r w:rsidRPr="003F7399">
+        <w:rPr>
+          <w:rFonts w:asciiTheme="majorBidi" w:eastAsia="Calibri" w:hAnsiTheme="majorBidi" w:cstheme="majorBidi"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:rtl/>
+          <w:lang w:val="en-US" w:eastAsia="it-IT" w:bidi="ar-JO"/>
+        </w:rPr>
+        <w:t>ما يلي</w:t>
+      </w:r>
+      <w:r w:rsidRPr="003F7399">
+        <w:rPr>
+          <w:rFonts w:asciiTheme="majorBidi" w:eastAsia="Calibri" w:hAnsiTheme="majorBidi" w:cstheme="majorBidi"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="en-US" w:eastAsia="it-IT" w:bidi="ar-JO"/>
+        </w:rPr>
+        <w:t>:</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="4D3F2D53" w14:textId="01FA0D37" w:rsidR="003F7399" w:rsidRPr="003F7399" w:rsidRDefault="003F7399" w:rsidP="003F7399">
+      <w:pPr>
+        <w:bidi/>
+        <w:spacing w:line="240" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rFonts w:asciiTheme="majorBidi" w:eastAsia="Calibri" w:hAnsiTheme="majorBidi" w:cstheme="majorBidi"/>
+          <w:b/>
+          <w:bCs/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:rtl/>
+          <w:lang w:val="en-US" w:eastAsia="it-IT" w:bidi="ar-JO"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="003F7399">
+        <w:rPr>
+          <w:rFonts w:asciiTheme="majorBidi" w:eastAsia="Calibri" w:hAnsiTheme="majorBidi" w:cstheme="majorBidi" w:hint="cs"/>
+          <w:b/>
+          <w:bCs/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:rtl/>
+          <w:lang w:val="en-US" w:eastAsia="it-IT" w:bidi="ar-JO"/>
+        </w:rPr>
+        <w:t xml:space="preserve">1. </w:t>
+      </w:r>
+      <w:r w:rsidRPr="003F7399">
+        <w:rPr>
+          <w:rFonts w:asciiTheme="majorBidi" w:eastAsia="Calibri" w:hAnsiTheme="majorBidi" w:cstheme="majorBidi"/>
+          <w:b/>
+          <w:bCs/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:rtl/>
+          <w:lang w:val="en-US" w:eastAsia="it-IT" w:bidi="ar-JO"/>
+        </w:rPr>
+        <w:t>توثيق داخل المتن</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="0BBAAD2F" w14:textId="77777777" w:rsidR="003F7399" w:rsidRPr="003F7399" w:rsidRDefault="003F7399" w:rsidP="003F7399">
+      <w:pPr>
+        <w:bidi/>
+        <w:spacing w:line="240" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rFonts w:asciiTheme="majorBidi" w:eastAsia="Calibri" w:hAnsiTheme="majorBidi" w:cstheme="majorBidi"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:rtl/>
+          <w:lang w:val="en-US" w:eastAsia="it-IT" w:bidi="ar-JO"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="003F7399">
+        <w:rPr>
+          <w:rFonts w:asciiTheme="majorBidi" w:eastAsia="Calibri" w:hAnsiTheme="majorBidi" w:cstheme="majorBidi"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:rtl/>
+          <w:lang w:val="en-US" w:eastAsia="it-IT" w:bidi="ar-JO"/>
+        </w:rPr>
+        <w:t>يشار إلى المصدر داخل النص بذكر اسم المؤلف</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="461A182E" w14:textId="2B5E8F83" w:rsidR="003F7399" w:rsidRPr="003F7399" w:rsidRDefault="003F7399" w:rsidP="003F7399">
+      <w:pPr>
+        <w:bidi/>
+        <w:spacing w:line="240" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rFonts w:asciiTheme="majorBidi" w:eastAsia="Calibri" w:hAnsiTheme="majorBidi" w:cstheme="majorBidi"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:rtl/>
+          <w:lang w:val="en-US" w:eastAsia="it-IT"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="003F7399">
+        <w:rPr>
+          <w:rFonts w:asciiTheme="majorBidi" w:eastAsia="Calibri" w:hAnsiTheme="majorBidi" w:cstheme="majorBidi"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:rtl/>
+          <w:lang w:val="en-US" w:eastAsia="it-IT" w:bidi="ar-JO"/>
+        </w:rPr>
+        <w:t>وسنة النشر، مثل</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:asciiTheme="majorBidi" w:eastAsia="Calibri" w:hAnsiTheme="majorBidi" w:cstheme="majorBidi" w:hint="cs"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:rtl/>
+          <w:lang w:val="en-US" w:eastAsia="it-IT" w:bidi="ar-JO"/>
+        </w:rPr>
+        <w:t>:</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:asciiTheme="majorBidi" w:eastAsia="Calibri" w:hAnsiTheme="majorBidi" w:cstheme="majorBidi"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="en-US" w:eastAsia="it-IT" w:bidi="ar-JO"/>
+        </w:rPr>
+        <w:t>(</w:t>
+      </w:r>
+      <w:r w:rsidRPr="003F7399">
+        <w:rPr>
+          <w:rFonts w:asciiTheme="majorBidi" w:eastAsia="Calibri" w:hAnsiTheme="majorBidi" w:cstheme="majorBidi"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="en-US" w:eastAsia="it-IT" w:bidi="ar-JO"/>
+        </w:rPr>
+        <w:t>Al-Hassan, 2021</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:asciiTheme="majorBidi" w:eastAsia="Calibri" w:hAnsiTheme="majorBidi" w:cstheme="majorBidi"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="en-US" w:eastAsia="it-IT" w:bidi="ar-JO"/>
+        </w:rPr>
+        <w:t>)</w:t>
+      </w:r>
+      <w:r w:rsidRPr="003F7399">
+        <w:rPr>
+          <w:rFonts w:asciiTheme="majorBidi" w:eastAsia="Calibri" w:hAnsiTheme="majorBidi" w:cstheme="majorBidi"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="en-US" w:eastAsia="it-IT" w:bidi="ar-JO"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:asciiTheme="majorBidi" w:eastAsia="Calibri" w:hAnsiTheme="majorBidi" w:cstheme="majorBidi" w:hint="cs"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:rtl/>
+          <w:lang w:val="en-US" w:eastAsia="it-IT" w:bidi="ar-JO"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> أو (</w:t>
+      </w:r>
+      <w:r w:rsidRPr="003F7399">
+        <w:rPr>
+          <w:rFonts w:asciiTheme="majorBidi" w:eastAsia="Calibri" w:hAnsiTheme="majorBidi" w:cstheme="majorBidi"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:rtl/>
+          <w:lang w:val="en-US" w:eastAsia="it-IT" w:bidi="ar-JO"/>
+        </w:rPr>
+        <w:t xml:space="preserve">الجندي، 2022) </w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="7F79FC3F" w14:textId="3F5A4991" w:rsidR="003F7399" w:rsidRPr="003F7399" w:rsidRDefault="003F7399" w:rsidP="003F7399">
+      <w:pPr>
+        <w:bidi/>
+        <w:spacing w:line="240" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rFonts w:asciiTheme="majorBidi" w:eastAsia="Calibri" w:hAnsiTheme="majorBidi" w:cstheme="majorBidi"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:rtl/>
+          <w:lang w:val="en-US" w:eastAsia="it-IT"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="003F7399">
+        <w:rPr>
+          <w:rFonts w:asciiTheme="majorBidi" w:eastAsia="Calibri" w:hAnsiTheme="majorBidi" w:cstheme="majorBidi"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:rtl/>
+          <w:lang w:val="en-US" w:eastAsia="it-IT" w:bidi="ar-JO"/>
+        </w:rPr>
+        <w:t>وإذا كان الاقتباس حرفياً، يُضاف رقم الصفحة</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:asciiTheme="majorBidi" w:eastAsia="Calibri" w:hAnsiTheme="majorBidi" w:cstheme="majorBidi" w:hint="cs"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:rtl/>
+          <w:lang w:val="en-US" w:eastAsia="it-IT"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:asciiTheme="majorBidi" w:eastAsia="Calibri" w:hAnsiTheme="majorBidi" w:cstheme="majorBidi"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="en-US" w:eastAsia="it-IT" w:bidi="ar-JO"/>
+        </w:rPr>
+        <w:t>)</w:t>
+      </w:r>
+      <w:r w:rsidRPr="003F7399">
+        <w:rPr>
+          <w:rFonts w:asciiTheme="majorBidi" w:eastAsia="Calibri" w:hAnsiTheme="majorBidi" w:cstheme="majorBidi"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:rtl/>
+          <w:lang w:val="en-US" w:eastAsia="it-IT" w:bidi="ar-JO"/>
+        </w:rPr>
+        <w:t>الجندي، 2022، ص</w:t>
+      </w:r>
+      <w:r w:rsidRPr="003F7399">
+        <w:rPr>
+          <w:rFonts w:asciiTheme="majorBidi" w:eastAsia="Calibri" w:hAnsiTheme="majorBidi" w:cstheme="majorBidi"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="en-US" w:eastAsia="it-IT" w:bidi="ar-JO"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:asciiTheme="majorBidi" w:eastAsia="Calibri" w:hAnsiTheme="majorBidi" w:cstheme="majorBidi"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="en-US" w:eastAsia="it-IT" w:bidi="ar-JO"/>
+        </w:rPr>
+        <w:t>(</w:t>
+      </w:r>
+      <w:r w:rsidRPr="003F7399">
+        <w:rPr>
+          <w:rFonts w:asciiTheme="majorBidi" w:eastAsia="Calibri" w:hAnsiTheme="majorBidi" w:cstheme="majorBidi"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="en-US" w:eastAsia="it-IT" w:bidi="ar-JO"/>
+        </w:rPr>
+        <w:t>45</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="05CEED6F" w14:textId="588D4745" w:rsidR="003F7399" w:rsidRPr="003F7399" w:rsidRDefault="003F7399" w:rsidP="003F7399">
+      <w:pPr>
+        <w:bidi/>
+        <w:spacing w:line="240" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rFonts w:asciiTheme="majorBidi" w:eastAsia="Calibri" w:hAnsiTheme="majorBidi" w:cstheme="majorBidi"/>
+          <w:b/>
+          <w:bCs/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:rtl/>
+          <w:lang w:val="en-US" w:eastAsia="it-IT" w:bidi="ar-JO"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="003F7399">
+        <w:rPr>
+          <w:rFonts w:asciiTheme="majorBidi" w:eastAsia="Calibri" w:hAnsiTheme="majorBidi" w:cstheme="majorBidi" w:hint="cs"/>
+          <w:b/>
+          <w:bCs/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:rtl/>
+          <w:lang w:val="en-US" w:eastAsia="it-IT" w:bidi="ar-JO"/>
+        </w:rPr>
+        <w:t xml:space="preserve">2. </w:t>
+      </w:r>
+      <w:r w:rsidRPr="003F7399">
+        <w:rPr>
+          <w:rFonts w:asciiTheme="majorBidi" w:eastAsia="Calibri" w:hAnsiTheme="majorBidi" w:cstheme="majorBidi"/>
+          <w:b/>
+          <w:bCs/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:rtl/>
+          <w:lang w:val="en-US" w:eastAsia="it-IT" w:bidi="ar-JO"/>
+        </w:rPr>
+        <w:t>قائمة المراجع في نهاية البحث</w:t>
+      </w:r>
+      <w:r w:rsidRPr="003F7399">
+        <w:rPr>
+          <w:rFonts w:asciiTheme="majorBidi" w:eastAsia="Calibri" w:hAnsiTheme="majorBidi" w:cstheme="majorBidi" w:hint="cs"/>
+          <w:b/>
+          <w:bCs/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:rtl/>
+          <w:lang w:val="en-US" w:eastAsia="it-IT" w:bidi="ar-JO"/>
+        </w:rPr>
+        <w:t>:</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="6E776834" w14:textId="77777777" w:rsidR="003F7399" w:rsidRPr="003F7399" w:rsidRDefault="003F7399" w:rsidP="003F7399">
+      <w:pPr>
+        <w:bidi/>
+        <w:spacing w:line="240" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rFonts w:asciiTheme="majorBidi" w:eastAsia="Calibri" w:hAnsiTheme="majorBidi" w:cstheme="majorBidi"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:rtl/>
+          <w:lang w:val="en-US" w:eastAsia="it-IT" w:bidi="ar-JO"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="003F7399">
+        <w:rPr>
+          <w:rFonts w:asciiTheme="majorBidi" w:eastAsia="Calibri" w:hAnsiTheme="majorBidi" w:cstheme="majorBidi"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:rtl/>
+          <w:lang w:val="en-US" w:eastAsia="it-IT" w:bidi="ar-JO"/>
+        </w:rPr>
+        <w:t>تكتب جميع المراجع المستخدمة مرتبة أبجدياً حسب اسماء المؤلفين مع مراعاة ما يلي</w:t>
+      </w:r>
+      <w:r w:rsidRPr="003F7399">
+        <w:rPr>
+          <w:rFonts w:asciiTheme="majorBidi" w:eastAsia="Calibri" w:hAnsiTheme="majorBidi" w:cstheme="majorBidi"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="en-US" w:eastAsia="it-IT" w:bidi="ar-JO"/>
+        </w:rPr>
+        <w:t>:</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="02267E9B" w14:textId="21655E3B" w:rsidR="003F7399" w:rsidRPr="003F7399" w:rsidRDefault="003F7399" w:rsidP="003F7399">
+      <w:pPr>
+        <w:bidi/>
+        <w:spacing w:line="240" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rFonts w:asciiTheme="majorBidi" w:eastAsia="Calibri" w:hAnsiTheme="majorBidi" w:cstheme="majorBidi"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:rtl/>
+          <w:lang w:val="en-US" w:eastAsia="it-IT" w:bidi="ar-JO"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:asciiTheme="majorBidi" w:eastAsia="Calibri" w:hAnsiTheme="majorBidi" w:cstheme="majorBidi" w:hint="cs"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:rtl/>
+          <w:lang w:val="en-US" w:eastAsia="it-IT" w:bidi="ar-JO"/>
+        </w:rPr>
+        <w:t xml:space="preserve">- </w:t>
+      </w:r>
+      <w:r w:rsidRPr="003F7399">
+        <w:rPr>
+          <w:rFonts w:asciiTheme="majorBidi" w:eastAsia="Calibri" w:hAnsiTheme="majorBidi" w:cstheme="majorBidi"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:rtl/>
+          <w:lang w:val="en-US" w:eastAsia="it-IT" w:bidi="ar-JO"/>
+        </w:rPr>
+        <w:t>اسم المؤلف أو المؤلفين ثم سنة النشر بين</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:asciiTheme="majorBidi" w:eastAsia="Calibri" w:hAnsiTheme="majorBidi" w:cstheme="majorBidi" w:hint="cs"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:rtl/>
+          <w:lang w:val="en-US" w:eastAsia="it-IT" w:bidi="ar-JO"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="003F7399">
+        <w:rPr>
+          <w:rFonts w:asciiTheme="majorBidi" w:eastAsia="Calibri" w:hAnsiTheme="majorBidi" w:cstheme="majorBidi"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:rtl/>
+          <w:lang w:val="en-US" w:eastAsia="it-IT" w:bidi="ar-JO"/>
+        </w:rPr>
+        <w:t>قوسين</w:t>
+      </w:r>
+      <w:r w:rsidRPr="003F7399">
+        <w:rPr>
+          <w:rFonts w:asciiTheme="majorBidi" w:eastAsia="Calibri" w:hAnsiTheme="majorBidi" w:cstheme="majorBidi"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="en-US" w:eastAsia="it-IT" w:bidi="ar-JO"/>
+        </w:rPr>
+        <w:t>.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="19D3BB94" w14:textId="07EEE4E9" w:rsidR="003F7399" w:rsidRPr="003F7399" w:rsidRDefault="003F7399" w:rsidP="003F7399">
+      <w:pPr>
+        <w:bidi/>
+        <w:spacing w:line="240" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rFonts w:asciiTheme="majorBidi" w:eastAsia="Calibri" w:hAnsiTheme="majorBidi" w:cstheme="majorBidi"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:rtl/>
+          <w:lang w:val="en-US" w:eastAsia="it-IT" w:bidi="ar-JO"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:asciiTheme="majorBidi" w:eastAsia="Calibri" w:hAnsiTheme="majorBidi" w:cstheme="majorBidi" w:hint="cs"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:rtl/>
+          <w:lang w:val="en-US" w:eastAsia="it-IT" w:bidi="ar-JO"/>
+        </w:rPr>
+        <w:t xml:space="preserve">- </w:t>
+      </w:r>
+      <w:r w:rsidRPr="003F7399">
+        <w:rPr>
+          <w:rFonts w:asciiTheme="majorBidi" w:eastAsia="Calibri" w:hAnsiTheme="majorBidi" w:cstheme="majorBidi"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:rtl/>
+          <w:lang w:val="en-US" w:eastAsia="it-IT" w:bidi="ar-JO"/>
+        </w:rPr>
+        <w:t>عنوان الكتاب أو المقال بخط مائل</w:t>
+      </w:r>
+      <w:r w:rsidRPr="003F7399">
+        <w:rPr>
+          <w:rFonts w:asciiTheme="majorBidi" w:eastAsia="Calibri" w:hAnsiTheme="majorBidi" w:cstheme="majorBidi"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="en-US" w:eastAsia="it-IT" w:bidi="ar-JO"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> (Italic). </w:t>
+      </w:r>
+      <w:r w:rsidRPr="003F7399">
+        <w:rPr>
+          <w:rFonts w:asciiTheme="majorBidi" w:eastAsia="Calibri" w:hAnsiTheme="majorBidi" w:cstheme="majorBidi"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:rtl/>
+          <w:lang w:val="en-US" w:eastAsia="it-IT" w:bidi="ar-JO"/>
+        </w:rPr>
+        <w:t>اسم المجلة، رقم المجلد، والصفحات</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="6ACFEA3E" w14:textId="42C7F4A6" w:rsidR="003F7399" w:rsidRPr="003F7399" w:rsidRDefault="003F7399" w:rsidP="003F7399">
+      <w:pPr>
+        <w:bidi/>
+        <w:spacing w:line="240" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rFonts w:asciiTheme="majorBidi" w:eastAsia="Calibri" w:hAnsiTheme="majorBidi" w:cstheme="majorBidi"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:rtl/>
+          <w:lang w:val="en-US" w:eastAsia="it-IT" w:bidi="ar-JO"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:asciiTheme="majorBidi" w:eastAsia="Calibri" w:hAnsiTheme="majorBidi" w:cstheme="majorBidi" w:hint="cs"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:rtl/>
+          <w:lang w:val="en-US" w:eastAsia="it-IT" w:bidi="ar-JO"/>
+        </w:rPr>
+        <w:t xml:space="preserve">- </w:t>
+      </w:r>
+      <w:r w:rsidRPr="003F7399">
+        <w:rPr>
+          <w:rFonts w:asciiTheme="majorBidi" w:eastAsia="Calibri" w:hAnsiTheme="majorBidi" w:cstheme="majorBidi"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:rtl/>
+          <w:lang w:val="en-US" w:eastAsia="it-IT" w:bidi="ar-JO"/>
+        </w:rPr>
+        <w:t>في حال وجود</w:t>
+      </w:r>
+      <w:r w:rsidRPr="003F7399">
+        <w:rPr>
+          <w:rFonts w:asciiTheme="majorBidi" w:eastAsia="Calibri" w:hAnsiTheme="majorBidi" w:cstheme="majorBidi"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="en-US" w:eastAsia="it-IT" w:bidi="ar-JO"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> DOI </w:t>
+      </w:r>
+      <w:r w:rsidRPr="003F7399">
+        <w:rPr>
+          <w:rFonts w:asciiTheme="majorBidi" w:eastAsia="Calibri" w:hAnsiTheme="majorBidi" w:cstheme="majorBidi"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:rtl/>
+          <w:lang w:val="en-US" w:eastAsia="it-IT" w:bidi="ar-JO"/>
+        </w:rPr>
+        <w:t>أو رابط، يضاف في نهاية المرجع</w:t>
+      </w:r>
+      <w:r w:rsidRPr="003F7399">
+        <w:rPr>
+          <w:rFonts w:asciiTheme="majorBidi" w:eastAsia="Calibri" w:hAnsiTheme="majorBidi" w:cstheme="majorBidi"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="en-US" w:eastAsia="it-IT" w:bidi="ar-JO"/>
+        </w:rPr>
+        <w:t>.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="7304A794" w14:textId="77777777" w:rsidR="003F7399" w:rsidRPr="00512960" w:rsidRDefault="003F7399" w:rsidP="003F7399">
+      <w:pPr>
+        <w:bidi/>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:ind w:left="576" w:hanging="576"/>
+        <w:jc w:val="both"/>
         <w:rPr>
           <w:rFonts w:asciiTheme="majorBidi" w:eastAsia="Calibri" w:hAnsiTheme="majorBidi" w:cstheme="majorBidi"/>
           <w:snapToGrid w:val="0"/>
           <w:w w:val="0"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
-          <w:lang w:val="en-US" w:eastAsia="it-IT" w:bidi="ar-JO"/>
-[...2 lines deleted...]
-      </w:r>
+          <w:u w:val="thick"/>
+          <w:rtl/>
+          <w:lang w:val="en-US" w:eastAsia="it-IT" w:bidi="ar-JO"/>
+        </w:rPr>
+      </w:pPr>
       <w:r w:rsidRPr="00512960">
         <w:rPr>
           <w:rFonts w:asciiTheme="majorBidi" w:eastAsia="Calibri" w:hAnsiTheme="majorBidi" w:cstheme="majorBidi"/>
           <w:snapToGrid w:val="0"/>
           <w:w w:val="0"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
-          <w:rtl/>
-[...5 lines deleted...]
-    <w:p w14:paraId="6B0B89FD" w14:textId="46E3D810" w:rsidR="00341308" w:rsidRPr="00512960" w:rsidRDefault="00341308" w:rsidP="00C5335A">
+          <w:lang w:val="en-US" w:eastAsia="it-IT" w:bidi="ar-JO"/>
+        </w:rPr>
+        <w:t>(Times New Roman-12)</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="2D1D9603" w14:textId="77777777" w:rsidR="003F7399" w:rsidRDefault="003F7399" w:rsidP="003F7399">
       <w:pPr>
         <w:bidi/>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="576" w:hanging="576"/>
         <w:jc w:val="both"/>
         <w:rPr>
-          <w:rFonts w:asciiTheme="majorBidi" w:eastAsia="Calibri" w:hAnsiTheme="majorBidi" w:cstheme="majorBidi"/>
+          <w:rFonts w:asciiTheme="majorBidi" w:eastAsia="Calibri" w:hAnsiTheme="majorBidi" w:cstheme="majorBidi" w:hint="cs"/>
           <w:snapToGrid w:val="0"/>
           <w:w w:val="0"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
-          <w:u w:val="thick"/>
-[...6 lines deleted...]
-          <w:rFonts w:asciiTheme="majorBidi" w:eastAsia="Calibri" w:hAnsiTheme="majorBidi" w:cstheme="majorBidi"/>
+          <w:rtl/>
+          <w:lang w:val="en-US" w:bidi="ar-JO"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w14:paraId="291E7C60" w14:textId="77777777" w:rsidR="003F7399" w:rsidRPr="00512960" w:rsidRDefault="003F7399" w:rsidP="003F7399">
+      <w:pPr>
+        <w:bidi/>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:ind w:left="576" w:hanging="576"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:asciiTheme="majorBidi" w:eastAsia="Calibri" w:hAnsiTheme="majorBidi" w:cstheme="majorBidi"/>
+          <w:b/>
+          <w:bCs/>
           <w:snapToGrid w:val="0"/>
           <w:w w:val="0"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
           <w:rtl/>
-          <w:lang w:val="en-US" w:bidi="ar-JO"/>
-[...5 lines deleted...]
-          <w:rFonts w:asciiTheme="majorBidi" w:eastAsia="Calibri" w:hAnsiTheme="majorBidi" w:cstheme="majorBidi"/>
+          <w:lang w:val="en-US" w:eastAsia="it-IT" w:bidi="ar-JO"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00512960">
+        <w:rPr>
+          <w:rFonts w:asciiTheme="majorBidi" w:eastAsia="Calibri" w:hAnsiTheme="majorBidi" w:cstheme="majorBidi"/>
+          <w:b/>
+          <w:bCs/>
           <w:snapToGrid w:val="0"/>
           <w:w w:val="0"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
-          <w:lang w:val="en-US" w:eastAsia="it-IT" w:bidi="ar-JO"/>
-[...3 lines deleted...]
-      <w:r w:rsidR="00512960" w:rsidRPr="00512960">
+          <w:rtl/>
+          <w:lang w:val="en-US" w:eastAsia="it-IT" w:bidi="ar-JO"/>
+        </w:rPr>
+        <w:t xml:space="preserve">ملاحظة: </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00512960">
         <w:rPr>
           <w:rFonts w:asciiTheme="majorBidi" w:eastAsia="Calibri" w:hAnsiTheme="majorBidi" w:cstheme="majorBidi"/>
           <w:snapToGrid w:val="0"/>
           <w:w w:val="0"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
-          <w:lang w:val="en-US" w:eastAsia="it-IT" w:bidi="ar-JO"/>
-[...5 lines deleted...]
-          <w:rFonts w:asciiTheme="majorBidi" w:eastAsia="Calibri" w:hAnsiTheme="majorBidi" w:cstheme="majorBidi"/>
+          <w:rtl/>
+          <w:lang w:val="en-US" w:eastAsia="it-IT" w:bidi="ar-JO"/>
+        </w:rPr>
+        <w:t>يجب إزالة الألقاب العلمية من</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:asciiTheme="majorBidi" w:eastAsia="Calibri" w:hAnsiTheme="majorBidi" w:cstheme="majorBidi" w:hint="cs"/>
           <w:snapToGrid w:val="0"/>
           <w:w w:val="0"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
-          <w:lang w:val="en-US" w:eastAsia="it-IT" w:bidi="ar-JO"/>
-[...4 lines deleted...]
-    <w:p w14:paraId="0807FA51" w14:textId="77777777" w:rsidR="00C27D1C" w:rsidRPr="00512960" w:rsidRDefault="00C27D1C" w:rsidP="00C5335A">
+          <w:rtl/>
+          <w:lang w:val="en-US" w:eastAsia="it-IT" w:bidi="ar-JO"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> المراجع</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00512960">
+        <w:rPr>
+          <w:rFonts w:asciiTheme="majorBidi" w:eastAsia="Calibri" w:hAnsiTheme="majorBidi" w:cstheme="majorBidi"/>
+          <w:snapToGrid w:val="0"/>
+          <w:w w:val="0"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:rtl/>
+          <w:lang w:val="en-US" w:eastAsia="it-IT" w:bidi="ar-JO"/>
+        </w:rPr>
+        <w:t>.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="6310B0DA" w14:textId="77777777" w:rsidR="003F7399" w:rsidRDefault="003F7399" w:rsidP="003F7399">
       <w:pPr>
         <w:bidi/>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="576" w:hanging="576"/>
         <w:jc w:val="both"/>
         <w:rPr>
-          <w:rFonts w:asciiTheme="majorBidi" w:eastAsia="Calibri" w:hAnsiTheme="majorBidi" w:cstheme="majorBidi"/>
-[...1 lines deleted...]
-          <w:bCs/>
+          <w:rFonts w:asciiTheme="majorBidi" w:eastAsia="Calibri" w:hAnsiTheme="majorBidi" w:cstheme="majorBidi" w:hint="cs"/>
           <w:snapToGrid w:val="0"/>
           <w:w w:val="0"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
           <w:rtl/>
-          <w:lang w:val="en-US" w:eastAsia="it-IT"/>
-[...3 lines deleted...]
-    <w:p w14:paraId="34B98F92" w14:textId="310E2E03" w:rsidR="00341308" w:rsidRPr="00512960" w:rsidRDefault="00372BE9" w:rsidP="00C5335A">
+          <w:lang w:val="en-US" w:bidi="ar-JO"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w14:paraId="125D8B24" w14:textId="77777777" w:rsidR="003F7399" w:rsidRDefault="003F7399" w:rsidP="003F7399">
       <w:pPr>
         <w:bidi/>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="576" w:hanging="576"/>
         <w:jc w:val="both"/>
         <w:rPr>
-          <w:rFonts w:asciiTheme="majorBidi" w:eastAsia="Calibri" w:hAnsiTheme="majorBidi" w:cstheme="majorBidi"/>
-[...1 lines deleted...]
-          <w:bCs/>
+          <w:rFonts w:asciiTheme="majorBidi" w:eastAsia="Calibri" w:hAnsiTheme="majorBidi" w:cstheme="majorBidi" w:hint="cs"/>
           <w:snapToGrid w:val="0"/>
           <w:w w:val="0"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
           <w:rtl/>
-          <w:lang w:val="en-US" w:eastAsia="it-IT" w:bidi="ar-JO"/>
-[...6 lines deleted...]
-          <w:bCs/>
+          <w:lang w:val="en-US" w:bidi="ar-JO"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w14:paraId="29AFA5CB" w14:textId="77777777" w:rsidR="003F7399" w:rsidRDefault="003F7399" w:rsidP="003F7399">
+      <w:pPr>
+        <w:bidi/>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:ind w:left="576" w:hanging="576"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:asciiTheme="majorBidi" w:eastAsia="Calibri" w:hAnsiTheme="majorBidi" w:cstheme="majorBidi" w:hint="cs"/>
           <w:snapToGrid w:val="0"/>
           <w:w w:val="0"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
           <w:rtl/>
-          <w:lang w:val="en-US" w:eastAsia="it-IT" w:bidi="ar-JO"/>
-[...7 lines deleted...]
-          <w:bCs/>
+          <w:lang w:val="en-US" w:bidi="ar-JO"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w14:paraId="52781BAF" w14:textId="77777777" w:rsidR="003F7399" w:rsidRDefault="003F7399" w:rsidP="003F7399">
+      <w:pPr>
+        <w:bidi/>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:ind w:left="576" w:hanging="576"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:asciiTheme="majorBidi" w:eastAsia="Calibri" w:hAnsiTheme="majorBidi" w:cstheme="majorBidi" w:hint="cs"/>
           <w:snapToGrid w:val="0"/>
           <w:w w:val="0"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
           <w:rtl/>
-          <w:lang w:val="en-US" w:eastAsia="it-IT" w:bidi="ar-JO"/>
-[...5 lines deleted...]
-          <w:rFonts w:asciiTheme="majorBidi" w:eastAsia="Calibri" w:hAnsiTheme="majorBidi" w:cstheme="majorBidi"/>
+          <w:lang w:val="en-US" w:bidi="ar-JO"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w14:paraId="64CAF897" w14:textId="77777777" w:rsidR="003F7399" w:rsidRDefault="003F7399" w:rsidP="003F7399">
+      <w:pPr>
+        <w:bidi/>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:ind w:left="576" w:hanging="576"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:asciiTheme="majorBidi" w:eastAsia="Calibri" w:hAnsiTheme="majorBidi" w:cstheme="majorBidi" w:hint="cs"/>
           <w:snapToGrid w:val="0"/>
           <w:w w:val="0"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
           <w:rtl/>
-          <w:lang w:val="en-US" w:eastAsia="it-IT" w:bidi="ar-JO"/>
-[...5 lines deleted...]
-          <w:rFonts w:asciiTheme="majorBidi" w:eastAsia="Calibri" w:hAnsiTheme="majorBidi" w:cstheme="majorBidi"/>
+          <w:lang w:val="en-US" w:bidi="ar-JO"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w14:paraId="59AFA7E6" w14:textId="77777777" w:rsidR="003F7399" w:rsidRDefault="003F7399" w:rsidP="003F7399">
+      <w:pPr>
+        <w:bidi/>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:ind w:left="576" w:hanging="576"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:asciiTheme="majorBidi" w:eastAsia="Calibri" w:hAnsiTheme="majorBidi" w:cstheme="majorBidi" w:hint="cs"/>
           <w:snapToGrid w:val="0"/>
           <w:w w:val="0"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
           <w:rtl/>
-          <w:lang w:val="en-US" w:eastAsia="it-IT" w:bidi="ar-JO"/>
-[...5 lines deleted...]
-          <w:rFonts w:asciiTheme="majorBidi" w:eastAsia="Calibri" w:hAnsiTheme="majorBidi" w:cstheme="majorBidi"/>
+          <w:lang w:val="en-US" w:bidi="ar-JO"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w14:paraId="42C903BD" w14:textId="77777777" w:rsidR="003F7399" w:rsidRDefault="003F7399" w:rsidP="003F7399">
+      <w:pPr>
+        <w:bidi/>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:ind w:left="576" w:hanging="576"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:asciiTheme="majorBidi" w:eastAsia="Calibri" w:hAnsiTheme="majorBidi" w:cstheme="majorBidi" w:hint="cs"/>
           <w:snapToGrid w:val="0"/>
           <w:w w:val="0"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
           <w:rtl/>
-          <w:lang w:val="en-US" w:eastAsia="it-IT" w:bidi="ar-JO"/>
-[...5 lines deleted...]
-          <w:rFonts w:asciiTheme="majorBidi" w:eastAsia="Calibri" w:hAnsiTheme="majorBidi" w:cstheme="majorBidi"/>
+          <w:lang w:val="en-US" w:bidi="ar-JO"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w14:paraId="0807FA51" w14:textId="77777777" w:rsidR="00C27D1C" w:rsidRPr="00512960" w:rsidRDefault="00C27D1C" w:rsidP="00C5335A">
+      <w:pPr>
+        <w:bidi/>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:ind w:left="576" w:hanging="576"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:asciiTheme="majorBidi" w:eastAsia="Calibri" w:hAnsiTheme="majorBidi" w:cstheme="majorBidi"/>
+          <w:b/>
+          <w:bCs/>
           <w:snapToGrid w:val="0"/>
           <w:w w:val="0"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
           <w:rtl/>
-          <w:lang w:val="en-US" w:eastAsia="it-IT" w:bidi="ar-JO"/>
-[...2 lines deleted...]
-      </w:r>
+          <w:lang w:val="en-US" w:eastAsia="it-IT"/>
+        </w:rPr>
+      </w:pPr>
     </w:p>
     <w:p w14:paraId="4DC593CD" w14:textId="77777777" w:rsidR="00341308" w:rsidRPr="00512960" w:rsidRDefault="00341308" w:rsidP="00341308">
       <w:pPr>
         <w:bidi/>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:rFonts w:asciiTheme="majorBidi" w:eastAsia="Calibri" w:hAnsiTheme="majorBidi" w:cstheme="majorBidi"/>
           <w:b/>
           <w:bCs/>
           <w:snapToGrid w:val="0"/>
           <w:w w:val="0"/>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
           <w:rtl/>
           <w:lang w:val="en-US" w:eastAsia="it-IT" w:bidi="ar-JO"/>
         </w:rPr>
       </w:pPr>
     </w:p>
     <w:p w14:paraId="3BF798B5" w14:textId="77777777" w:rsidR="00294996" w:rsidRPr="00512960" w:rsidRDefault="00294996">
       <w:pPr>
         <w:rPr>
           <w:rFonts w:asciiTheme="majorBidi" w:hAnsiTheme="majorBidi" w:cstheme="majorBidi"/>
           <w:rtl/>
           <w:lang w:val="en-US" w:bidi="ar-JO"/>
         </w:rPr>
       </w:pPr>
     </w:p>
     <w:sectPr w:rsidR="00294996" w:rsidRPr="00512960" w:rsidSect="00C27D1C">
-      <w:headerReference w:type="default" r:id="rId9"/>
-      <w:footerReference w:type="default" r:id="rId10"/>
+      <w:headerReference w:type="default" r:id="rId10"/>
+      <w:footerReference w:type="default" r:id="rId11"/>
       <w:footnotePr>
         <w:numRestart w:val="eachPage"/>
       </w:footnotePr>
       <w:pgSz w:w="11907" w:h="16840" w:code="9"/>
       <w:pgMar w:top="1134" w:right="1701" w:bottom="1134" w:left="1134" w:header="567" w:footer="0" w:gutter="0"/>
       <w:pgNumType w:start="1"/>
       <w:cols w:space="708"/>
       <w:docGrid w:linePitch="435"/>
     </w:sectPr>
   </w:body>
 </w:document>
 </file>
 
 <file path=word/endnotes.xml><?xml version="1.0" encoding="utf-8"?>
-<w:endnotes xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du wp14">
+<w:endnotes xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 wp14">
   <w:endnote w:type="separator" w:id="-1">
-    <w:p w14:paraId="7CEEC7A9" w14:textId="77777777" w:rsidR="00002323" w:rsidRDefault="00002323">
+    <w:p w14:paraId="7BAEACF9" w14:textId="77777777" w:rsidR="00371087" w:rsidRDefault="00371087">
       <w:pPr>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
       </w:pPr>
       <w:r>
         <w:separator/>
       </w:r>
     </w:p>
   </w:endnote>
   <w:endnote w:type="continuationSeparator" w:id="0">
-    <w:p w14:paraId="7EA52955" w14:textId="77777777" w:rsidR="00002323" w:rsidRDefault="00002323">
+    <w:p w14:paraId="5B4B6BAC" w14:textId="77777777" w:rsidR="00371087" w:rsidRDefault="00371087">
       <w:pPr>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
       </w:pPr>
       <w:r>
         <w:continuationSeparator/>
       </w:r>
     </w:p>
   </w:endnote>
 </w:endnotes>
 </file>
 
 <file path=word/fontTable.xml><?xml version="1.0" encoding="utf-8"?>
-<w:fonts xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du">
+<w:fonts xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" mc:Ignorable="w14">
   <w:font w:name="Times New Roman">
     <w:panose1 w:val="02020603050405020304"/>
     <w:charset w:val="00"/>
     <w:family w:val="roman"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="E0002EFF" w:usb1="C000785B" w:usb2="00000009" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Calibri">
     <w:panose1 w:val="020F0502020204030204"/>
     <w:charset w:val="00"/>
     <w:family w:val="swiss"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="E4002EFF" w:usb1="C200247B" w:usb2="00000009" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Simplified Arabic">
     <w:panose1 w:val="02020603050405020304"/>
     <w:charset w:val="00"/>
     <w:family w:val="roman"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="00002003" w:usb1="80000000" w:usb2="00000008" w:usb3="00000000" w:csb0="00000041" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Calibri Light">
     <w:panose1 w:val="020F0302020204030204"/>
     <w:charset w:val="00"/>
     <w:family w:val="swiss"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="E4002EFF" w:usb1="C200247B" w:usb2="00000009" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Arial">
     <w:panose1 w:val="020B0604020202020204"/>
     <w:charset w:val="00"/>
     <w:family w:val="swiss"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="E0002EFF" w:usb1="C000785B" w:usb2="00000009" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
   </w:font>
 </w:fonts>
 </file>
 
 <file path=word/footer1.xml><?xml version="1.0" encoding="utf-8"?>
-<w:ftr xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du wp14">
+<w:ftr xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 wp14">
   <w:tbl>
     <w:tblPr>
       <w:bidiVisual/>
       <w:tblW w:w="5000" w:type="pct"/>
       <w:tblInd w:w="-164" w:type="dxa"/>
       <w:tblCellMar>
         <w:top w:w="72" w:type="dxa"/>
         <w:left w:w="115" w:type="dxa"/>
         <w:bottom w:w="72" w:type="dxa"/>
         <w:right w:w="115" w:type="dxa"/>
       </w:tblCellMar>
       <w:tblLook w:val="04A0" w:firstRow="1" w:lastRow="0" w:firstColumn="1" w:lastColumn="0" w:noHBand="0" w:noVBand="1"/>
     </w:tblPr>
     <w:tblGrid>
-      <w:gridCol w:w="8181"/>
-      <w:gridCol w:w="891"/>
+      <w:gridCol w:w="8389"/>
+      <w:gridCol w:w="913"/>
     </w:tblGrid>
     <w:tr w:rsidR="00CD6D47" w:rsidRPr="00ED4490" w14:paraId="1D82BC72" w14:textId="77777777" w:rsidTr="009F4FF4">
       <w:trPr>
         <w:trHeight w:val="782"/>
       </w:trPr>
       <w:tc>
         <w:tcPr>
           <w:tcW w:w="4509" w:type="pct"/>
           <w:tcBorders>
             <w:top w:val="single" w:sz="4" w:space="0" w:color="000000"/>
           </w:tcBorders>
         </w:tcPr>
         <w:p w14:paraId="2D1F918E" w14:textId="4E9C5B23" w:rsidR="00CD6D47" w:rsidRPr="009F4FF4" w:rsidRDefault="00512960" w:rsidP="00C27D1C">
           <w:pPr>
             <w:bidi/>
             <w:spacing w:after="0"/>
             <w:rPr>
               <w:rFonts w:asciiTheme="majorBidi" w:hAnsiTheme="majorBidi" w:cstheme="majorBidi"/>
               <w:b/>
               <w:bCs/>
               <w:color w:val="00B050"/>
               <w:sz w:val="22"/>
               <w:szCs w:val="22"/>
               <w:rtl/>
               <w:lang w:bidi="ar-DZ"/>
@@ -2499,157 +3074,158 @@
           </w:pPr>
           <w:r w:rsidRPr="0004687C">
             <w:rPr>
               <w:b/>
               <w:bCs/>
               <w:color w:val="FFFFFF" w:themeColor="background1"/>
             </w:rPr>
             <w:fldChar w:fldCharType="begin"/>
           </w:r>
           <w:r w:rsidRPr="0004687C">
             <w:rPr>
               <w:b/>
               <w:bCs/>
               <w:color w:val="FFFFFF" w:themeColor="background1"/>
             </w:rPr>
             <w:instrText>PAGE   \* MERGEFORMAT</w:instrText>
           </w:r>
           <w:r w:rsidRPr="0004687C">
             <w:rPr>
               <w:b/>
               <w:bCs/>
               <w:color w:val="FFFFFF" w:themeColor="background1"/>
             </w:rPr>
             <w:fldChar w:fldCharType="separate"/>
           </w:r>
-          <w:r w:rsidRPr="0004687C">
+          <w:r w:rsidR="00371087">
             <w:rPr>
               <w:b/>
               <w:bCs/>
+              <w:noProof/>
               <w:color w:val="FFFFFF" w:themeColor="background1"/>
             </w:rPr>
             <w:t>1</w:t>
           </w:r>
           <w:r w:rsidRPr="0004687C">
             <w:rPr>
               <w:b/>
               <w:bCs/>
               <w:color w:val="FFFFFF" w:themeColor="background1"/>
             </w:rPr>
             <w:fldChar w:fldCharType="end"/>
           </w:r>
         </w:p>
       </w:tc>
     </w:tr>
   </w:tbl>
   <w:p w14:paraId="3B842AEB" w14:textId="77777777" w:rsidR="00CD6D47" w:rsidRPr="009B0DDF" w:rsidRDefault="00CD6D47" w:rsidP="00CD6D47">
     <w:pPr>
       <w:tabs>
         <w:tab w:val="left" w:pos="5692"/>
       </w:tabs>
       <w:bidi/>
       <w:rPr>
         <w:sz w:val="2"/>
         <w:szCs w:val="2"/>
       </w:rPr>
     </w:pPr>
   </w:p>
 </w:ftr>
 </file>
 
 <file path=word/footnotes.xml><?xml version="1.0" encoding="utf-8"?>
-<w:footnotes xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du wp14">
+<w:footnotes xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 wp14">
   <w:footnote w:type="separator" w:id="-1">
-    <w:p w14:paraId="248CB25F" w14:textId="77777777" w:rsidR="00002323" w:rsidRDefault="00002323">
+    <w:p w14:paraId="3A2748C0" w14:textId="77777777" w:rsidR="00371087" w:rsidRDefault="00371087">
       <w:pPr>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
       </w:pPr>
       <w:r>
         <w:separator/>
       </w:r>
     </w:p>
   </w:footnote>
   <w:footnote w:type="continuationSeparator" w:id="0">
-    <w:p w14:paraId="57E37C34" w14:textId="77777777" w:rsidR="00002323" w:rsidRDefault="00002323">
+    <w:p w14:paraId="0729858D" w14:textId="77777777" w:rsidR="00371087" w:rsidRDefault="00371087">
       <w:pPr>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
       </w:pPr>
       <w:r>
         <w:continuationSeparator/>
       </w:r>
     </w:p>
   </w:footnote>
 </w:footnotes>
 </file>
 
 <file path=word/header1.xml><?xml version="1.0" encoding="utf-8"?>
-<w:hdr xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du wp14">
+<w:hdr xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 wp14">
   <w:p w14:paraId="0F903D96" w14:textId="1D43BB13" w:rsidR="00306F4F" w:rsidRPr="009F4FF4" w:rsidRDefault="002707AA" w:rsidP="009F4FF4">
     <w:pPr>
       <w:pStyle w:val="a3"/>
       <w:pBdr>
         <w:bottom w:val="single" w:sz="4" w:space="1" w:color="auto"/>
       </w:pBdr>
       <w:shd w:val="clear" w:color="auto" w:fill="E2EFD9" w:themeFill="accent6" w:themeFillTint="33"/>
       <w:bidi/>
       <w:jc w:val="center"/>
       <w:rPr>
         <w:rFonts w:asciiTheme="majorBidi" w:hAnsiTheme="majorBidi" w:cstheme="majorBidi"/>
         <w:b/>
         <w:bCs/>
         <w:color w:val="00B050"/>
         <w:lang w:val="en-US"/>
       </w:rPr>
     </w:pPr>
     <w:r w:rsidRPr="009F4FF4">
       <w:rPr>
         <w:rFonts w:asciiTheme="majorBidi" w:hAnsiTheme="majorBidi" w:cstheme="majorBidi"/>
         <w:b/>
         <w:bCs/>
         <w:color w:val="00B050"/>
         <w:rtl/>
         <w:lang w:val="en-US"/>
       </w:rPr>
       <w:t>مجلة بحوث الاتصال</w:t>
     </w:r>
     <w:r w:rsidRPr="009F4FF4">
       <w:rPr>
         <w:rFonts w:asciiTheme="majorBidi" w:hAnsiTheme="majorBidi" w:cstheme="majorBidi"/>
         <w:b/>
         <w:bCs/>
         <w:color w:val="00B050"/>
         <w:lang w:val="en-US"/>
       </w:rPr>
       <w:t xml:space="preserve"> (Journal of Communication Research) </w:t>
     </w:r>
   </w:p>
 </w:hdr>
 </file>
 
 <file path=word/numbering.xml><?xml version="1.0" encoding="utf-8"?>
-<w:numbering xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du wp14">
-  <w:abstractNum w:abstractNumId="0" w15:restartNumberingAfterBreak="0">
+<w:numbering xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 wp14">
+  <w:abstractNum w:abstractNumId="0">
     <w:nsid w:val="0C6E06EE"/>
     <w:multiLevelType w:val="hybridMultilevel"/>
     <w:tmpl w:val="A128FA12"/>
     <w:lvl w:ilvl="0" w:tplc="1A60442C">
       <w:start w:val="1"/>
       <w:numFmt w:val="decimal"/>
       <w:lvlText w:val="%1-"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="540" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:hint="default"/>
         <w:sz w:val="24"/>
         <w:szCs w:val="24"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="1" w:tplc="040C0019" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerLetter"/>
       <w:lvlText w:val="%2."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="1260" w:hanging="360"/>
       </w:pPr>
@@ -2696,109 +3272,109 @@
       <w:lvlText w:val="%7."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="4860" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
     <w:lvl w:ilvl="7" w:tplc="040C0019" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerLetter"/>
       <w:lvlText w:val="%8."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="5580" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
     <w:lvl w:ilvl="8" w:tplc="040C001B" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerRoman"/>
       <w:lvlText w:val="%9."/>
       <w:lvlJc w:val="right"/>
       <w:pPr>
         <w:ind w:left="6300" w:hanging="180"/>
       </w:pPr>
     </w:lvl>
   </w:abstractNum>
-  <w:num w:numId="1" w16cid:durableId="735708366">
+  <w:num w:numId="1">
     <w:abstractNumId w:val="0"/>
   </w:num>
 </w:numbering>
 </file>
 
 <file path=word/settings.xml><?xml version="1.0" encoding="utf-8"?>
-<w:settings xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:sl="http://schemas.openxmlformats.org/schemaLibrary/2006/main" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du">
+<w:settings xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:sl="http://schemas.openxmlformats.org/schemaLibrary/2006/main" mc:Ignorable="w14">
   <w:zoom w:percent="140"/>
-  <w:proofState w:spelling="clean" w:grammar="clean"/>
   <w:defaultTabStop w:val="720"/>
   <w:characterSpacingControl w:val="doNotCompress"/>
+  <w:savePreviewPicture/>
   <w:hdrShapeDefaults>
-    <o:shapedefaults v:ext="edit" spidmax="2050"/>
+    <o:shapedefaults v:ext="edit" spidmax="2049"/>
   </w:hdrShapeDefaults>
   <w:footnotePr>
     <w:numRestart w:val="eachPage"/>
     <w:footnote w:id="-1"/>
     <w:footnote w:id="0"/>
   </w:footnotePr>
   <w:endnotePr>
     <w:endnote w:id="-1"/>
     <w:endnote w:id="0"/>
   </w:endnotePr>
   <w:compat>
-    <w:compatSetting w:name="compatibilityMode" w:uri="http://schemas.microsoft.com/office/word" w:val="15"/>
+    <w:compatSetting w:name="compatibilityMode" w:uri="http://schemas.microsoft.com/office/word" w:val="14"/>
     <w:compatSetting w:name="overrideTableStyleFontSizeAndJustification" w:uri="http://schemas.microsoft.com/office/word" w:val="1"/>
     <w:compatSetting w:name="enableOpenTypeFeatures" w:uri="http://schemas.microsoft.com/office/word" w:val="1"/>
     <w:compatSetting w:name="doNotFlipMirrorIndents" w:uri="http://schemas.microsoft.com/office/word" w:val="1"/>
-    <w:compatSetting w:name="differentiateMultirowTableHeaders" w:uri="http://schemas.microsoft.com/office/word" w:val="1"/>
-    <w:compatSetting w:name="useWord2013TrackBottomHyphenation" w:uri="http://schemas.microsoft.com/office/word" w:val="0"/>
   </w:compat>
   <w:docVars>
     <w:docVar w:name="__Grammarly_42____i" w:val="H4sIAAAAAAAEAKtWckksSQxILCpxzi/NK1GyMqwFAAEhoTITAAAA"/>
     <w:docVar w:name="__Grammarly_42___1" w:val="H4sIAAAAAAAEAKtWcslP9kxRslIyNDY2tDQxNDE0Nbc0MzazNDJQ0lEKTi0uzszPAykwrAUAioxQQiwAAAA="/>
   </w:docVars>
   <w:rsids>
     <w:rsidRoot w:val="00341308"/>
     <w:rsid w:val="00002323"/>
     <w:rsid w:val="00011F6A"/>
     <w:rsid w:val="00015B5B"/>
     <w:rsid w:val="00044966"/>
     <w:rsid w:val="0004687C"/>
     <w:rsid w:val="000763D7"/>
     <w:rsid w:val="000F0530"/>
     <w:rsid w:val="001328AF"/>
     <w:rsid w:val="00175F62"/>
     <w:rsid w:val="001B28CC"/>
     <w:rsid w:val="001C17FC"/>
     <w:rsid w:val="001D386C"/>
     <w:rsid w:val="002707AA"/>
     <w:rsid w:val="00294996"/>
     <w:rsid w:val="002C653C"/>
     <w:rsid w:val="00306F4F"/>
     <w:rsid w:val="00341308"/>
     <w:rsid w:val="00364E73"/>
+    <w:rsid w:val="00371087"/>
     <w:rsid w:val="00372BE9"/>
     <w:rsid w:val="003B1808"/>
     <w:rsid w:val="003B5D63"/>
+    <w:rsid w:val="003F7399"/>
     <w:rsid w:val="004412CC"/>
     <w:rsid w:val="00504C9F"/>
     <w:rsid w:val="00512960"/>
     <w:rsid w:val="005150AA"/>
     <w:rsid w:val="005158B6"/>
     <w:rsid w:val="0057343C"/>
     <w:rsid w:val="00575A86"/>
     <w:rsid w:val="005A7B39"/>
     <w:rsid w:val="005B35CF"/>
     <w:rsid w:val="005D7424"/>
     <w:rsid w:val="005E056D"/>
     <w:rsid w:val="00633811"/>
     <w:rsid w:val="006853FC"/>
     <w:rsid w:val="00692630"/>
     <w:rsid w:val="00692A3E"/>
     <w:rsid w:val="007050E8"/>
     <w:rsid w:val="00715E3A"/>
     <w:rsid w:val="00752F27"/>
     <w:rsid w:val="007B268F"/>
     <w:rsid w:val="007F0542"/>
     <w:rsid w:val="00822E3B"/>
     <w:rsid w:val="008745B8"/>
     <w:rsid w:val="008A0D27"/>
     <w:rsid w:val="008E3E2C"/>
     <w:rsid w:val="009911DF"/>
@@ -2816,457 +3392,216 @@
     <w:rsid w:val="00E14B60"/>
     <w:rsid w:val="00E26E51"/>
     <w:rsid w:val="00E27482"/>
     <w:rsid w:val="00E36B37"/>
     <w:rsid w:val="00E827C3"/>
     <w:rsid w:val="00F542B4"/>
     <w:rsid w:val="00F93C3E"/>
   </w:rsids>
   <m:mathPr>
     <m:mathFont m:val="Cambria Math"/>
     <m:brkBin m:val="before"/>
     <m:brkBinSub m:val="--"/>
     <m:smallFrac m:val="0"/>
     <m:dispDef/>
     <m:lMargin m:val="0"/>
     <m:rMargin m:val="0"/>
     <m:defJc m:val="centerGroup"/>
     <m:wrapIndent m:val="1440"/>
     <m:intLim m:val="subSup"/>
     <m:naryLim m:val="undOvr"/>
   </m:mathPr>
   <w:themeFontLang w:val="en-GB" w:bidi="ar-SA"/>
   <w:clrSchemeMapping w:bg1="light1" w:t1="dark1" w:bg2="light2" w:t2="dark2" w:accent1="accent1" w:accent2="accent2" w:accent3="accent3" w:accent4="accent4" w:accent5="accent5" w:accent6="accent6" w:hyperlink="hyperlink" w:followedHyperlink="followedHyperlink"/>
   <w:doNotIncludeSubdocsInStats/>
   <w:shapeDefaults>
-    <o:shapedefaults v:ext="edit" spidmax="2050"/>
+    <o:shapedefaults v:ext="edit" spidmax="2049"/>
     <o:shapelayout v:ext="edit">
-      <o:idmap v:ext="edit" data="2"/>
+      <o:idmap v:ext="edit" data="1"/>
     </o:shapelayout>
   </w:shapeDefaults>
   <w:decimalSymbol w:val="."/>
   <w:listSeparator w:val=";"/>
   <w14:docId w14:val="31C4544E"/>
-  <w15:chartTrackingRefBased/>
-  <w15:docId w15:val="{3DCB0A9F-DD97-46DA-9652-90DB4AB9BEA8}"/>
 </w:settings>
 </file>
 
 <file path=word/styles.xml><?xml version="1.0" encoding="utf-8"?>
-<w:styles xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du">
+<w:styles xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" mc:Ignorable="w14">
   <w:docDefaults>
     <w:rPrDefault>
       <w:rPr>
         <w:rFonts w:ascii="Times New Roman" w:eastAsiaTheme="minorHAnsi" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
         <w:kern w:val="2"/>
         <w:lang w:val="en-US" w:eastAsia="en-US" w:bidi="ar-SA"/>
         <w14:ligatures w14:val="standardContextual"/>
       </w:rPr>
     </w:rPrDefault>
     <w:pPrDefault>
       <w:pPr>
         <w:spacing w:after="160" w:line="259" w:lineRule="auto"/>
       </w:pPr>
     </w:pPrDefault>
   </w:docDefaults>
-  <w:latentStyles w:defLockedState="0" w:defUIPriority="99" w:defSemiHidden="0" w:defUnhideWhenUsed="0" w:defQFormat="0" w:count="376">
-[...375 lines deleted...]
-    <w:lsdException w:name="Smart Link" w:semiHidden="1" w:unhideWhenUsed="1"/>
+  <w:latentStyles w:defLockedState="0" w:defUIPriority="99" w:defSemiHidden="1" w:defUnhideWhenUsed="1" w:defQFormat="0" w:count="267">
+    <w:lsdException w:name="Normal" w:semiHidden="0" w:uiPriority="0" w:unhideWhenUsed="0" w:qFormat="1"/>
+    <w:lsdException w:name="heading 1" w:semiHidden="0" w:uiPriority="9" w:unhideWhenUsed="0" w:qFormat="1"/>
+    <w:lsdException w:name="heading 2" w:uiPriority="9" w:qFormat="1"/>
+    <w:lsdException w:name="heading 3" w:uiPriority="9" w:qFormat="1"/>
+    <w:lsdException w:name="heading 4" w:uiPriority="9" w:qFormat="1"/>
+    <w:lsdException w:name="heading 5" w:uiPriority="9" w:qFormat="1"/>
+    <w:lsdException w:name="heading 6" w:uiPriority="9" w:qFormat="1"/>
+    <w:lsdException w:name="heading 7" w:uiPriority="9" w:qFormat="1"/>
+    <w:lsdException w:name="heading 8" w:uiPriority="9" w:qFormat="1"/>
+    <w:lsdException w:name="heading 9" w:uiPriority="9" w:qFormat="1"/>
+    <w:lsdException w:name="toc 1" w:uiPriority="39"/>
+    <w:lsdException w:name="toc 2" w:uiPriority="39"/>
+    <w:lsdException w:name="toc 3" w:uiPriority="39"/>
+    <w:lsdException w:name="toc 4" w:uiPriority="39"/>
+    <w:lsdException w:name="toc 5" w:uiPriority="39"/>
+    <w:lsdException w:name="toc 6" w:uiPriority="39"/>
+    <w:lsdException w:name="toc 7" w:uiPriority="39"/>
+    <w:lsdException w:name="toc 8" w:uiPriority="39"/>
+    <w:lsdException w:name="toc 9" w:uiPriority="39"/>
+    <w:lsdException w:name="caption" w:uiPriority="35" w:qFormat="1"/>
+    <w:lsdException w:name="Title" w:semiHidden="0" w:uiPriority="10" w:unhideWhenUsed="0" w:qFormat="1"/>
+    <w:lsdException w:name="Default Paragraph Font" w:uiPriority="1"/>
+    <w:lsdException w:name="Subtitle" w:semiHidden="0" w:uiPriority="11" w:unhideWhenUsed="0" w:qFormat="1"/>
+    <w:lsdException w:name="Strong" w:semiHidden="0" w:uiPriority="22" w:unhideWhenUsed="0" w:qFormat="1"/>
+    <w:lsdException w:name="Emphasis" w:semiHidden="0" w:uiPriority="20" w:unhideWhenUsed="0" w:qFormat="1"/>
+    <w:lsdException w:name="Table Grid" w:semiHidden="0" w:uiPriority="39" w:unhideWhenUsed="0"/>
+    <w:lsdException w:name="Placeholder Text" w:unhideWhenUsed="0"/>
+    <w:lsdException w:name="No Spacing" w:semiHidden="0" w:uiPriority="1" w:unhideWhenUsed="0" w:qFormat="1"/>
+    <w:lsdException w:name="Light Shading" w:semiHidden="0" w:uiPriority="60" w:unhideWhenUsed="0"/>
+    <w:lsdException w:name="Light List" w:semiHidden="0" w:uiPriority="61" w:unhideWhenUsed="0"/>
+    <w:lsdException w:name="Light Grid" w:semiHidden="0" w:uiPriority="62" w:unhideWhenUsed="0"/>
+    <w:lsdException w:name="Medium Shading 1" w:semiHidden="0" w:uiPriority="63" w:unhideWhenUsed="0"/>
+    <w:lsdException w:name="Medium Shading 2" w:semiHidden="0" w:uiPriority="64" w:unhideWhenUsed="0"/>
+    <w:lsdException w:name="Medium List 1" w:semiHidden="0" w:uiPriority="65" w:unhideWhenUsed="0"/>
+    <w:lsdException w:name="Medium List 2" w:semiHidden="0" w:uiPriority="66" w:unhideWhenUsed="0"/>
+    <w:lsdException w:name="Medium Grid 1" w:semiHidden="0" w:uiPriority="67" w:unhideWhenUsed="0"/>
+    <w:lsdException w:name="Medium Grid 2" w:semiHidden="0" w:uiPriority="68" w:unhideWhenUsed="0"/>
+    <w:lsdException w:name="Medium Grid 3" w:semiHidden="0" w:uiPriority="69" w:unhideWhenUsed="0"/>
+    <w:lsdException w:name="Dark List" w:semiHidden="0" w:uiPriority="70" w:unhideWhenUsed="0"/>
+    <w:lsdException w:name="Colorful Shading" w:semiHidden="0" w:uiPriority="71" w:unhideWhenUsed="0"/>
+    <w:lsdException w:name="Colorful List" w:semiHidden="0" w:uiPriority="72" w:unhideWhenUsed="0"/>
+    <w:lsdException w:name="Colorful Grid" w:semiHidden="0" w:uiPriority="73" w:unhideWhenUsed="0"/>
+    <w:lsdException w:name="Light Shading Accent 1" w:semiHidden="0" w:uiPriority="60" w:unhideWhenUsed="0"/>
+    <w:lsdException w:name="Light List Accent 1" w:semiHidden="0" w:uiPriority="61" w:unhideWhenUsed="0"/>
+    <w:lsdException w:name="Light Grid Accent 1" w:semiHidden="0" w:uiPriority="62" w:unhideWhenUsed="0"/>
+    <w:lsdException w:name="Medium Shading 1 Accent 1" w:semiHidden="0" w:uiPriority="63" w:unhideWhenUsed="0"/>
+    <w:lsdException w:name="Medium Shading 2 Accent 1" w:semiHidden="0" w:uiPriority="64" w:unhideWhenUsed="0"/>
+    <w:lsdException w:name="Medium List 1 Accent 1" w:semiHidden="0" w:uiPriority="65" w:unhideWhenUsed="0"/>
+    <w:lsdException w:name="Revision" w:unhideWhenUsed="0"/>
+    <w:lsdException w:name="List Paragraph" w:semiHidden="0" w:unhideWhenUsed="0" w:qFormat="1"/>
+    <w:lsdException w:name="Quote" w:semiHidden="0" w:uiPriority="29" w:unhideWhenUsed="0" w:qFormat="1"/>
+    <w:lsdException w:name="Intense Quote" w:semiHidden="0" w:uiPriority="30" w:unhideWhenUsed="0" w:qFormat="1"/>
+    <w:lsdException w:name="Medium List 2 Accent 1" w:semiHidden="0" w:uiPriority="66" w:unhideWhenUsed="0"/>
+    <w:lsdException w:name="Medium Grid 1 Accent 1" w:semiHidden="0" w:uiPriority="67" w:unhideWhenUsed="0"/>
+    <w:lsdException w:name="Medium Grid 2 Accent 1" w:semiHidden="0" w:uiPriority="68" w:unhideWhenUsed="0"/>
+    <w:lsdException w:name="Medium Grid 3 Accent 1" w:semiHidden="0" w:uiPriority="69" w:unhideWhenUsed="0"/>
+    <w:lsdException w:name="Dark List Accent 1" w:semiHidden="0" w:uiPriority="70" w:unhideWhenUsed="0"/>
+    <w:lsdException w:name="Colorful Shading Accent 1" w:semiHidden="0" w:uiPriority="71" w:unhideWhenUsed="0"/>
+    <w:lsdException w:name="Colorful List Accent 1" w:semiHidden="0" w:uiPriority="72" w:unhideWhenUsed="0"/>
+    <w:lsdException w:name="Colorful Grid Accent 1" w:semiHidden="0" w:uiPriority="73" w:unhideWhenUsed="0"/>
+    <w:lsdException w:name="Light Shading Accent 2" w:semiHidden="0" w:uiPriority="60" w:unhideWhenUsed="0"/>
+    <w:lsdException w:name="Light List Accent 2" w:semiHidden="0" w:uiPriority="61" w:unhideWhenUsed="0"/>
+    <w:lsdException w:name="Light Grid Accent 2" w:semiHidden="0" w:uiPriority="62" w:unhideWhenUsed="0"/>
+    <w:lsdException w:name="Medium Shading 1 Accent 2" w:semiHidden="0" w:uiPriority="63" w:unhideWhenUsed="0"/>
+    <w:lsdException w:name="Medium Shading 2 Accent 2" w:semiHidden="0" w:uiPriority="64" w:unhideWhenUsed="0"/>
+    <w:lsdException w:name="Medium List 1 Accent 2" w:semiHidden="0" w:uiPriority="65" w:unhideWhenUsed="0"/>
+    <w:lsdException w:name="Medium List 2 Accent 2" w:semiHidden="0" w:uiPriority="66" w:unhideWhenUsed="0"/>
+    <w:lsdException w:name="Medium Grid 1 Accent 2" w:semiHidden="0" w:uiPriority="67" w:unhideWhenUsed="0"/>
+    <w:lsdException w:name="Medium Grid 2 Accent 2" w:semiHidden="0" w:uiPriority="68" w:unhideWhenUsed="0"/>
+    <w:lsdException w:name="Medium Grid 3 Accent 2" w:semiHidden="0" w:uiPriority="69" w:unhideWhenUsed="0"/>
+    <w:lsdException w:name="Dark List Accent 2" w:semiHidden="0" w:uiPriority="70" w:unhideWhenUsed="0"/>
+    <w:lsdException w:name="Colorful Shading Accent 2" w:semiHidden="0" w:uiPriority="71" w:unhideWhenUsed="0"/>
+    <w:lsdException w:name="Colorful List Accent 2" w:semiHidden="0" w:uiPriority="72" w:unhideWhenUsed="0"/>
+    <w:lsdException w:name="Colorful Grid Accent 2" w:semiHidden="0" w:uiPriority="73" w:unhideWhenUsed="0"/>
+    <w:lsdException w:name="Light Shading Accent 3" w:semiHidden="0" w:uiPriority="60" w:unhideWhenUsed="0"/>
+    <w:lsdException w:name="Light List Accent 3" w:semiHidden="0" w:uiPriority="61" w:unhideWhenUsed="0"/>
+    <w:lsdException w:name="Light Grid Accent 3" w:semiHidden="0" w:uiPriority="62" w:unhideWhenUsed="0"/>
+    <w:lsdException w:name="Medium Shading 1 Accent 3" w:semiHidden="0" w:uiPriority="63" w:unhideWhenUsed="0"/>
+    <w:lsdException w:name="Medium Shading 2 Accent 3" w:semiHidden="0" w:uiPriority="64" w:unhideWhenUsed="0"/>
+    <w:lsdException w:name="Medium List 1 Accent 3" w:semiHidden="0" w:uiPriority="65" w:unhideWhenUsed="0"/>
+    <w:lsdException w:name="Medium List 2 Accent 3" w:semiHidden="0" w:uiPriority="66" w:unhideWhenUsed="0"/>
+    <w:lsdException w:name="Medium Grid 1 Accent 3" w:semiHidden="0" w:uiPriority="67" w:unhideWhenUsed="0"/>
+    <w:lsdException w:name="Medium Grid 2 Accent 3" w:semiHidden="0" w:uiPriority="68" w:unhideWhenUsed="0"/>
+    <w:lsdException w:name="Medium Grid 3 Accent 3" w:semiHidden="0" w:uiPriority="69" w:unhideWhenUsed="0"/>
+    <w:lsdException w:name="Dark List Accent 3" w:semiHidden="0" w:uiPriority="70" w:unhideWhenUsed="0"/>
+    <w:lsdException w:name="Colorful Shading Accent 3" w:semiHidden="0" w:uiPriority="71" w:unhideWhenUsed="0"/>
+    <w:lsdException w:name="Colorful List Accent 3" w:semiHidden="0" w:uiPriority="72" w:unhideWhenUsed="0"/>
+    <w:lsdException w:name="Colorful Grid Accent 3" w:semiHidden="0" w:uiPriority="73" w:unhideWhenUsed="0"/>
+    <w:lsdException w:name="Light Shading Accent 4" w:semiHidden="0" w:uiPriority="60" w:unhideWhenUsed="0"/>
+    <w:lsdException w:name="Light List Accent 4" w:semiHidden="0" w:uiPriority="61" w:unhideWhenUsed="0"/>
+    <w:lsdException w:name="Light Grid Accent 4" w:semiHidden="0" w:uiPriority="62" w:unhideWhenUsed="0"/>
+    <w:lsdException w:name="Medium Shading 1 Accent 4" w:semiHidden="0" w:uiPriority="63" w:unhideWhenUsed="0"/>
+    <w:lsdException w:name="Medium Shading 2 Accent 4" w:semiHidden="0" w:uiPriority="64" w:unhideWhenUsed="0"/>
+    <w:lsdException w:name="Medium List 1 Accent 4" w:semiHidden="0" w:uiPriority="65" w:unhideWhenUsed="0"/>
+    <w:lsdException w:name="Medium List 2 Accent 4" w:semiHidden="0" w:uiPriority="66" w:unhideWhenUsed="0"/>
+    <w:lsdException w:name="Medium Grid 1 Accent 4" w:semiHidden="0" w:uiPriority="67" w:unhideWhenUsed="0"/>
+    <w:lsdException w:name="Medium Grid 2 Accent 4" w:semiHidden="0" w:uiPriority="68" w:unhideWhenUsed="0"/>
+    <w:lsdException w:name="Medium Grid 3 Accent 4" w:semiHidden="0" w:uiPriority="69" w:unhideWhenUsed="0"/>
+    <w:lsdException w:name="Dark List Accent 4" w:semiHidden="0" w:uiPriority="70" w:unhideWhenUsed="0"/>
+    <w:lsdException w:name="Colorful Shading Accent 4" w:semiHidden="0" w:uiPriority="71" w:unhideWhenUsed="0"/>
+    <w:lsdException w:name="Colorful List Accent 4" w:semiHidden="0" w:uiPriority="72" w:unhideWhenUsed="0"/>
+    <w:lsdException w:name="Colorful Grid Accent 4" w:semiHidden="0" w:uiPriority="73" w:unhideWhenUsed="0"/>
+    <w:lsdException w:name="Light Shading Accent 5" w:semiHidden="0" w:uiPriority="60" w:unhideWhenUsed="0"/>
+    <w:lsdException w:name="Light List Accent 5" w:semiHidden="0" w:uiPriority="61" w:unhideWhenUsed="0"/>
+    <w:lsdException w:name="Light Grid Accent 5" w:semiHidden="0" w:uiPriority="62" w:unhideWhenUsed="0"/>
+    <w:lsdException w:name="Medium Shading 1 Accent 5" w:semiHidden="0" w:uiPriority="63" w:unhideWhenUsed="0"/>
+    <w:lsdException w:name="Medium Shading 2 Accent 5" w:semiHidden="0" w:uiPriority="64" w:unhideWhenUsed="0"/>
+    <w:lsdException w:name="Medium List 1 Accent 5" w:semiHidden="0" w:uiPriority="65" w:unhideWhenUsed="0"/>
+    <w:lsdException w:name="Medium List 2 Accent 5" w:semiHidden="0" w:uiPriority="66" w:unhideWhenUsed="0"/>
+    <w:lsdException w:name="Medium Grid 1 Accent 5" w:semiHidden="0" w:uiPriority="67" w:unhideWhenUsed="0"/>
+    <w:lsdException w:name="Medium Grid 2 Accent 5" w:semiHidden="0" w:uiPriority="68" w:unhideWhenUsed="0"/>
+    <w:lsdException w:name="Medium Grid 3 Accent 5" w:semiHidden="0" w:uiPriority="69" w:unhideWhenUsed="0"/>
+    <w:lsdException w:name="Dark List Accent 5" w:semiHidden="0" w:uiPriority="70" w:unhideWhenUsed="0"/>
+    <w:lsdException w:name="Colorful Shading Accent 5" w:semiHidden="0" w:uiPriority="71" w:unhideWhenUsed="0"/>
+    <w:lsdException w:name="Colorful List Accent 5" w:semiHidden="0" w:uiPriority="72" w:unhideWhenUsed="0"/>
+    <w:lsdException w:name="Colorful Grid Accent 5" w:semiHidden="0" w:uiPriority="73" w:unhideWhenUsed="0"/>
+    <w:lsdException w:name="Light Shading Accent 6" w:semiHidden="0" w:uiPriority="60" w:unhideWhenUsed="0"/>
+    <w:lsdException w:name="Light List Accent 6" w:semiHidden="0" w:uiPriority="61" w:unhideWhenUsed="0"/>
+    <w:lsdException w:name="Light Grid Accent 6" w:semiHidden="0" w:uiPriority="62" w:unhideWhenUsed="0"/>
+    <w:lsdException w:name="Medium Shading 1 Accent 6" w:semiHidden="0" w:uiPriority="63" w:unhideWhenUsed="0"/>
+    <w:lsdException w:name="Medium Shading 2 Accent 6" w:semiHidden="0" w:uiPriority="64" w:unhideWhenUsed="0"/>
+    <w:lsdException w:name="Medium List 1 Accent 6" w:semiHidden="0" w:uiPriority="65" w:unhideWhenUsed="0"/>
+    <w:lsdException w:name="Medium List 2 Accent 6" w:semiHidden="0" w:uiPriority="66" w:unhideWhenUsed="0"/>
+    <w:lsdException w:name="Medium Grid 1 Accent 6" w:semiHidden="0" w:uiPriority="67" w:unhideWhenUsed="0"/>
+    <w:lsdException w:name="Medium Grid 2 Accent 6" w:semiHidden="0" w:uiPriority="68" w:unhideWhenUsed="0"/>
+    <w:lsdException w:name="Medium Grid 3 Accent 6" w:semiHidden="0" w:uiPriority="69" w:unhideWhenUsed="0"/>
+    <w:lsdException w:name="Dark List Accent 6" w:semiHidden="0" w:uiPriority="70" w:unhideWhenUsed="0"/>
+    <w:lsdException w:name="Colorful Shading Accent 6" w:semiHidden="0" w:uiPriority="71" w:unhideWhenUsed="0"/>
+    <w:lsdException w:name="Colorful List Accent 6" w:semiHidden="0" w:uiPriority="72" w:unhideWhenUsed="0"/>
+    <w:lsdException w:name="Colorful Grid Accent 6" w:semiHidden="0" w:uiPriority="73" w:unhideWhenUsed="0"/>
+    <w:lsdException w:name="Subtle Emphasis" w:semiHidden="0" w:uiPriority="19" w:unhideWhenUsed="0" w:qFormat="1"/>
+    <w:lsdException w:name="Intense Emphasis" w:semiHidden="0" w:uiPriority="21" w:unhideWhenUsed="0" w:qFormat="1"/>
+    <w:lsdException w:name="Subtle Reference" w:semiHidden="0" w:uiPriority="31" w:unhideWhenUsed="0" w:qFormat="1"/>
+    <w:lsdException w:name="Intense Reference" w:semiHidden="0" w:uiPriority="32" w:unhideWhenUsed="0" w:qFormat="1"/>
+    <w:lsdException w:name="Book Title" w:semiHidden="0" w:uiPriority="33" w:unhideWhenUsed="0" w:qFormat="1"/>
+    <w:lsdException w:name="Bibliography" w:uiPriority="37"/>
+    <w:lsdException w:name="TOC Heading" w:uiPriority="39" w:qFormat="1"/>
   </w:latentStyles>
   <w:style w:type="paragraph" w:default="1" w:styleId="a">
     <w:name w:val="Normal"/>
     <w:qFormat/>
     <w:rsid w:val="00341308"/>
     <w:pPr>
       <w:spacing w:after="200" w:line="276" w:lineRule="auto"/>
     </w:pPr>
     <w:rPr>
       <w:rFonts w:ascii="Simplified Arabic" w:eastAsia="Times New Roman" w:hAnsi="Simplified Arabic" w:cs="Simplified Arabic"/>
       <w:kern w:val="0"/>
       <w:sz w:val="32"/>
       <w:szCs w:val="32"/>
       <w:lang w:val="fr-FR"/>
     </w:rPr>
   </w:style>
   <w:style w:type="character" w:default="1" w:styleId="a0">
     <w:name w:val="Default Paragraph Font"/>
     <w:uiPriority w:val="1"/>
     <w:semiHidden/>
     <w:unhideWhenUsed/>
   </w:style>
   <w:style w:type="table" w:default="1" w:styleId="a1">
     <w:name w:val="Normal Table"/>
     <w:uiPriority w:val="99"/>
@@ -3343,67 +3678,357 @@
       <w:szCs w:val="32"/>
       <w:lang w:val="fr-FR"/>
     </w:rPr>
   </w:style>
   <w:style w:type="paragraph" w:styleId="a5">
     <w:name w:val="List Paragraph"/>
     <w:basedOn w:val="a"/>
     <w:uiPriority w:val="99"/>
     <w:qFormat/>
     <w:rsid w:val="00341308"/>
     <w:pPr>
       <w:ind w:left="720"/>
     </w:pPr>
   </w:style>
   <w:style w:type="character" w:styleId="Hyperlink">
     <w:name w:val="Hyperlink"/>
     <w:basedOn w:val="a0"/>
     <w:uiPriority w:val="99"/>
     <w:unhideWhenUsed/>
     <w:rsid w:val="00E36B37"/>
     <w:rPr>
       <w:color w:val="0563C1" w:themeColor="hyperlink"/>
       <w:u w:val="single"/>
     </w:rPr>
   </w:style>
-  <w:style w:type="character" w:styleId="a6">
+  <w:style w:type="character" w:customStyle="1" w:styleId="UnresolvedMention">
+    <w:name w:val="Unresolved Mention"/>
+    <w:basedOn w:val="a0"/>
+    <w:uiPriority w:val="99"/>
+    <w:semiHidden/>
+    <w:unhideWhenUsed/>
+    <w:rsid w:val="00E36B37"/>
+    <w:rPr>
+      <w:color w:val="605E5C"/>
+      <w:shd w:val="clear" w:color="auto" w:fill="E1DFDD"/>
+    </w:rPr>
+  </w:style>
+</w:styles>
+</file>
+
+<file path=word/stylesWithEffects.xml><?xml version="1.0" encoding="utf-8"?>
+<w:styles xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 wp14">
+  <w:docDefaults>
+    <w:rPrDefault>
+      <w:rPr>
+        <w:rFonts w:ascii="Times New Roman" w:eastAsiaTheme="minorHAnsi" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+        <w:kern w:val="2"/>
+        <w:lang w:val="en-US" w:eastAsia="en-US" w:bidi="ar-SA"/>
+        <w14:ligatures w14:val="standardContextual"/>
+      </w:rPr>
+    </w:rPrDefault>
+    <w:pPrDefault>
+      <w:pPr>
+        <w:spacing w:after="160" w:line="259" w:lineRule="auto"/>
+      </w:pPr>
+    </w:pPrDefault>
+  </w:docDefaults>
+  <w:latentStyles w:defLockedState="0" w:defUIPriority="99" w:defSemiHidden="1" w:defUnhideWhenUsed="1" w:defQFormat="0" w:count="267">
+    <w:lsdException w:name="Normal" w:semiHidden="0" w:uiPriority="0" w:unhideWhenUsed="0" w:qFormat="1"/>
+    <w:lsdException w:name="heading 1" w:semiHidden="0" w:uiPriority="9" w:unhideWhenUsed="0" w:qFormat="1"/>
+    <w:lsdException w:name="heading 2" w:uiPriority="9" w:qFormat="1"/>
+    <w:lsdException w:name="heading 3" w:uiPriority="9" w:qFormat="1"/>
+    <w:lsdException w:name="heading 4" w:uiPriority="9" w:qFormat="1"/>
+    <w:lsdException w:name="heading 5" w:uiPriority="9" w:qFormat="1"/>
+    <w:lsdException w:name="heading 6" w:uiPriority="9" w:qFormat="1"/>
+    <w:lsdException w:name="heading 7" w:uiPriority="9" w:qFormat="1"/>
+    <w:lsdException w:name="heading 8" w:uiPriority="9" w:qFormat="1"/>
+    <w:lsdException w:name="heading 9" w:uiPriority="9" w:qFormat="1"/>
+    <w:lsdException w:name="toc 1" w:uiPriority="39"/>
+    <w:lsdException w:name="toc 2" w:uiPriority="39"/>
+    <w:lsdException w:name="toc 3" w:uiPriority="39"/>
+    <w:lsdException w:name="toc 4" w:uiPriority="39"/>
+    <w:lsdException w:name="toc 5" w:uiPriority="39"/>
+    <w:lsdException w:name="toc 6" w:uiPriority="39"/>
+    <w:lsdException w:name="toc 7" w:uiPriority="39"/>
+    <w:lsdException w:name="toc 8" w:uiPriority="39"/>
+    <w:lsdException w:name="toc 9" w:uiPriority="39"/>
+    <w:lsdException w:name="caption" w:uiPriority="35" w:qFormat="1"/>
+    <w:lsdException w:name="Title" w:semiHidden="0" w:uiPriority="10" w:unhideWhenUsed="0" w:qFormat="1"/>
+    <w:lsdException w:name="Default Paragraph Font" w:uiPriority="1"/>
+    <w:lsdException w:name="Subtitle" w:semiHidden="0" w:uiPriority="11" w:unhideWhenUsed="0" w:qFormat="1"/>
+    <w:lsdException w:name="Strong" w:semiHidden="0" w:uiPriority="22" w:unhideWhenUsed="0" w:qFormat="1"/>
+    <w:lsdException w:name="Emphasis" w:semiHidden="0" w:uiPriority="20" w:unhideWhenUsed="0" w:qFormat="1"/>
+    <w:lsdException w:name="Table Grid" w:semiHidden="0" w:uiPriority="39" w:unhideWhenUsed="0"/>
+    <w:lsdException w:name="Placeholder Text" w:unhideWhenUsed="0"/>
+    <w:lsdException w:name="No Spacing" w:semiHidden="0" w:uiPriority="1" w:unhideWhenUsed="0" w:qFormat="1"/>
+    <w:lsdException w:name="Light Shading" w:semiHidden="0" w:uiPriority="60" w:unhideWhenUsed="0"/>
+    <w:lsdException w:name="Light List" w:semiHidden="0" w:uiPriority="61" w:unhideWhenUsed="0"/>
+    <w:lsdException w:name="Light Grid" w:semiHidden="0" w:uiPriority="62" w:unhideWhenUsed="0"/>
+    <w:lsdException w:name="Medium Shading 1" w:semiHidden="0" w:uiPriority="63" w:unhideWhenUsed="0"/>
+    <w:lsdException w:name="Medium Shading 2" w:semiHidden="0" w:uiPriority="64" w:unhideWhenUsed="0"/>
+    <w:lsdException w:name="Medium List 1" w:semiHidden="0" w:uiPriority="65" w:unhideWhenUsed="0"/>
+    <w:lsdException w:name="Medium List 2" w:semiHidden="0" w:uiPriority="66" w:unhideWhenUsed="0"/>
+    <w:lsdException w:name="Medium Grid 1" w:semiHidden="0" w:uiPriority="67" w:unhideWhenUsed="0"/>
+    <w:lsdException w:name="Medium Grid 2" w:semiHidden="0" w:uiPriority="68" w:unhideWhenUsed="0"/>
+    <w:lsdException w:name="Medium Grid 3" w:semiHidden="0" w:uiPriority="69" w:unhideWhenUsed="0"/>
+    <w:lsdException w:name="Dark List" w:semiHidden="0" w:uiPriority="70" w:unhideWhenUsed="0"/>
+    <w:lsdException w:name="Colorful Shading" w:semiHidden="0" w:uiPriority="71" w:unhideWhenUsed="0"/>
+    <w:lsdException w:name="Colorful List" w:semiHidden="0" w:uiPriority="72" w:unhideWhenUsed="0"/>
+    <w:lsdException w:name="Colorful Grid" w:semiHidden="0" w:uiPriority="73" w:unhideWhenUsed="0"/>
+    <w:lsdException w:name="Light Shading Accent 1" w:semiHidden="0" w:uiPriority="60" w:unhideWhenUsed="0"/>
+    <w:lsdException w:name="Light List Accent 1" w:semiHidden="0" w:uiPriority="61" w:unhideWhenUsed="0"/>
+    <w:lsdException w:name="Light Grid Accent 1" w:semiHidden="0" w:uiPriority="62" w:unhideWhenUsed="0"/>
+    <w:lsdException w:name="Medium Shading 1 Accent 1" w:semiHidden="0" w:uiPriority="63" w:unhideWhenUsed="0"/>
+    <w:lsdException w:name="Medium Shading 2 Accent 1" w:semiHidden="0" w:uiPriority="64" w:unhideWhenUsed="0"/>
+    <w:lsdException w:name="Medium List 1 Accent 1" w:semiHidden="0" w:uiPriority="65" w:unhideWhenUsed="0"/>
+    <w:lsdException w:name="Revision" w:unhideWhenUsed="0"/>
+    <w:lsdException w:name="List Paragraph" w:semiHidden="0" w:unhideWhenUsed="0" w:qFormat="1"/>
+    <w:lsdException w:name="Quote" w:semiHidden="0" w:uiPriority="29" w:unhideWhenUsed="0" w:qFormat="1"/>
+    <w:lsdException w:name="Intense Quote" w:semiHidden="0" w:uiPriority="30" w:unhideWhenUsed="0" w:qFormat="1"/>
+    <w:lsdException w:name="Medium List 2 Accent 1" w:semiHidden="0" w:uiPriority="66" w:unhideWhenUsed="0"/>
+    <w:lsdException w:name="Medium Grid 1 Accent 1" w:semiHidden="0" w:uiPriority="67" w:unhideWhenUsed="0"/>
+    <w:lsdException w:name="Medium Grid 2 Accent 1" w:semiHidden="0" w:uiPriority="68" w:unhideWhenUsed="0"/>
+    <w:lsdException w:name="Medium Grid 3 Accent 1" w:semiHidden="0" w:uiPriority="69" w:unhideWhenUsed="0"/>
+    <w:lsdException w:name="Dark List Accent 1" w:semiHidden="0" w:uiPriority="70" w:unhideWhenUsed="0"/>
+    <w:lsdException w:name="Colorful Shading Accent 1" w:semiHidden="0" w:uiPriority="71" w:unhideWhenUsed="0"/>
+    <w:lsdException w:name="Colorful List Accent 1" w:semiHidden="0" w:uiPriority="72" w:unhideWhenUsed="0"/>
+    <w:lsdException w:name="Colorful Grid Accent 1" w:semiHidden="0" w:uiPriority="73" w:unhideWhenUsed="0"/>
+    <w:lsdException w:name="Light Shading Accent 2" w:semiHidden="0" w:uiPriority="60" w:unhideWhenUsed="0"/>
+    <w:lsdException w:name="Light List Accent 2" w:semiHidden="0" w:uiPriority="61" w:unhideWhenUsed="0"/>
+    <w:lsdException w:name="Light Grid Accent 2" w:semiHidden="0" w:uiPriority="62" w:unhideWhenUsed="0"/>
+    <w:lsdException w:name="Medium Shading 1 Accent 2" w:semiHidden="0" w:uiPriority="63" w:unhideWhenUsed="0"/>
+    <w:lsdException w:name="Medium Shading 2 Accent 2" w:semiHidden="0" w:uiPriority="64" w:unhideWhenUsed="0"/>
+    <w:lsdException w:name="Medium List 1 Accent 2" w:semiHidden="0" w:uiPriority="65" w:unhideWhenUsed="0"/>
+    <w:lsdException w:name="Medium List 2 Accent 2" w:semiHidden="0" w:uiPriority="66" w:unhideWhenUsed="0"/>
+    <w:lsdException w:name="Medium Grid 1 Accent 2" w:semiHidden="0" w:uiPriority="67" w:unhideWhenUsed="0"/>
+    <w:lsdException w:name="Medium Grid 2 Accent 2" w:semiHidden="0" w:uiPriority="68" w:unhideWhenUsed="0"/>
+    <w:lsdException w:name="Medium Grid 3 Accent 2" w:semiHidden="0" w:uiPriority="69" w:unhideWhenUsed="0"/>
+    <w:lsdException w:name="Dark List Accent 2" w:semiHidden="0" w:uiPriority="70" w:unhideWhenUsed="0"/>
+    <w:lsdException w:name="Colorful Shading Accent 2" w:semiHidden="0" w:uiPriority="71" w:unhideWhenUsed="0"/>
+    <w:lsdException w:name="Colorful List Accent 2" w:semiHidden="0" w:uiPriority="72" w:unhideWhenUsed="0"/>
+    <w:lsdException w:name="Colorful Grid Accent 2" w:semiHidden="0" w:uiPriority="73" w:unhideWhenUsed="0"/>
+    <w:lsdException w:name="Light Shading Accent 3" w:semiHidden="0" w:uiPriority="60" w:unhideWhenUsed="0"/>
+    <w:lsdException w:name="Light List Accent 3" w:semiHidden="0" w:uiPriority="61" w:unhideWhenUsed="0"/>
+    <w:lsdException w:name="Light Grid Accent 3" w:semiHidden="0" w:uiPriority="62" w:unhideWhenUsed="0"/>
+    <w:lsdException w:name="Medium Shading 1 Accent 3" w:semiHidden="0" w:uiPriority="63" w:unhideWhenUsed="0"/>
+    <w:lsdException w:name="Medium Shading 2 Accent 3" w:semiHidden="0" w:uiPriority="64" w:unhideWhenUsed="0"/>
+    <w:lsdException w:name="Medium List 1 Accent 3" w:semiHidden="0" w:uiPriority="65" w:unhideWhenUsed="0"/>
+    <w:lsdException w:name="Medium List 2 Accent 3" w:semiHidden="0" w:uiPriority="66" w:unhideWhenUsed="0"/>
+    <w:lsdException w:name="Medium Grid 1 Accent 3" w:semiHidden="0" w:uiPriority="67" w:unhideWhenUsed="0"/>
+    <w:lsdException w:name="Medium Grid 2 Accent 3" w:semiHidden="0" w:uiPriority="68" w:unhideWhenUsed="0"/>
+    <w:lsdException w:name="Medium Grid 3 Accent 3" w:semiHidden="0" w:uiPriority="69" w:unhideWhenUsed="0"/>
+    <w:lsdException w:name="Dark List Accent 3" w:semiHidden="0" w:uiPriority="70" w:unhideWhenUsed="0"/>
+    <w:lsdException w:name="Colorful Shading Accent 3" w:semiHidden="0" w:uiPriority="71" w:unhideWhenUsed="0"/>
+    <w:lsdException w:name="Colorful List Accent 3" w:semiHidden="0" w:uiPriority="72" w:unhideWhenUsed="0"/>
+    <w:lsdException w:name="Colorful Grid Accent 3" w:semiHidden="0" w:uiPriority="73" w:unhideWhenUsed="0"/>
+    <w:lsdException w:name="Light Shading Accent 4" w:semiHidden="0" w:uiPriority="60" w:unhideWhenUsed="0"/>
+    <w:lsdException w:name="Light List Accent 4" w:semiHidden="0" w:uiPriority="61" w:unhideWhenUsed="0"/>
+    <w:lsdException w:name="Light Grid Accent 4" w:semiHidden="0" w:uiPriority="62" w:unhideWhenUsed="0"/>
+    <w:lsdException w:name="Medium Shading 1 Accent 4" w:semiHidden="0" w:uiPriority="63" w:unhideWhenUsed="0"/>
+    <w:lsdException w:name="Medium Shading 2 Accent 4" w:semiHidden="0" w:uiPriority="64" w:unhideWhenUsed="0"/>
+    <w:lsdException w:name="Medium List 1 Accent 4" w:semiHidden="0" w:uiPriority="65" w:unhideWhenUsed="0"/>
+    <w:lsdException w:name="Medium List 2 Accent 4" w:semiHidden="0" w:uiPriority="66" w:unhideWhenUsed="0"/>
+    <w:lsdException w:name="Medium Grid 1 Accent 4" w:semiHidden="0" w:uiPriority="67" w:unhideWhenUsed="0"/>
+    <w:lsdException w:name="Medium Grid 2 Accent 4" w:semiHidden="0" w:uiPriority="68" w:unhideWhenUsed="0"/>
+    <w:lsdException w:name="Medium Grid 3 Accent 4" w:semiHidden="0" w:uiPriority="69" w:unhideWhenUsed="0"/>
+    <w:lsdException w:name="Dark List Accent 4" w:semiHidden="0" w:uiPriority="70" w:unhideWhenUsed="0"/>
+    <w:lsdException w:name="Colorful Shading Accent 4" w:semiHidden="0" w:uiPriority="71" w:unhideWhenUsed="0"/>
+    <w:lsdException w:name="Colorful List Accent 4" w:semiHidden="0" w:uiPriority="72" w:unhideWhenUsed="0"/>
+    <w:lsdException w:name="Colorful Grid Accent 4" w:semiHidden="0" w:uiPriority="73" w:unhideWhenUsed="0"/>
+    <w:lsdException w:name="Light Shading Accent 5" w:semiHidden="0" w:uiPriority="60" w:unhideWhenUsed="0"/>
+    <w:lsdException w:name="Light List Accent 5" w:semiHidden="0" w:uiPriority="61" w:unhideWhenUsed="0"/>
+    <w:lsdException w:name="Light Grid Accent 5" w:semiHidden="0" w:uiPriority="62" w:unhideWhenUsed="0"/>
+    <w:lsdException w:name="Medium Shading 1 Accent 5" w:semiHidden="0" w:uiPriority="63" w:unhideWhenUsed="0"/>
+    <w:lsdException w:name="Medium Shading 2 Accent 5" w:semiHidden="0" w:uiPriority="64" w:unhideWhenUsed="0"/>
+    <w:lsdException w:name="Medium List 1 Accent 5" w:semiHidden="0" w:uiPriority="65" w:unhideWhenUsed="0"/>
+    <w:lsdException w:name="Medium List 2 Accent 5" w:semiHidden="0" w:uiPriority="66" w:unhideWhenUsed="0"/>
+    <w:lsdException w:name="Medium Grid 1 Accent 5" w:semiHidden="0" w:uiPriority="67" w:unhideWhenUsed="0"/>
+    <w:lsdException w:name="Medium Grid 2 Accent 5" w:semiHidden="0" w:uiPriority="68" w:unhideWhenUsed="0"/>
+    <w:lsdException w:name="Medium Grid 3 Accent 5" w:semiHidden="0" w:uiPriority="69" w:unhideWhenUsed="0"/>
+    <w:lsdException w:name="Dark List Accent 5" w:semiHidden="0" w:uiPriority="70" w:unhideWhenUsed="0"/>
+    <w:lsdException w:name="Colorful Shading Accent 5" w:semiHidden="0" w:uiPriority="71" w:unhideWhenUsed="0"/>
+    <w:lsdException w:name="Colorful List Accent 5" w:semiHidden="0" w:uiPriority="72" w:unhideWhenUsed="0"/>
+    <w:lsdException w:name="Colorful Grid Accent 5" w:semiHidden="0" w:uiPriority="73" w:unhideWhenUsed="0"/>
+    <w:lsdException w:name="Light Shading Accent 6" w:semiHidden="0" w:uiPriority="60" w:unhideWhenUsed="0"/>
+    <w:lsdException w:name="Light List Accent 6" w:semiHidden="0" w:uiPriority="61" w:unhideWhenUsed="0"/>
+    <w:lsdException w:name="Light Grid Accent 6" w:semiHidden="0" w:uiPriority="62" w:unhideWhenUsed="0"/>
+    <w:lsdException w:name="Medium Shading 1 Accent 6" w:semiHidden="0" w:uiPriority="63" w:unhideWhenUsed="0"/>
+    <w:lsdException w:name="Medium Shading 2 Accent 6" w:semiHidden="0" w:uiPriority="64" w:unhideWhenUsed="0"/>
+    <w:lsdException w:name="Medium List 1 Accent 6" w:semiHidden="0" w:uiPriority="65" w:unhideWhenUsed="0"/>
+    <w:lsdException w:name="Medium List 2 Accent 6" w:semiHidden="0" w:uiPriority="66" w:unhideWhenUsed="0"/>
+    <w:lsdException w:name="Medium Grid 1 Accent 6" w:semiHidden="0" w:uiPriority="67" w:unhideWhenUsed="0"/>
+    <w:lsdException w:name="Medium Grid 2 Accent 6" w:semiHidden="0" w:uiPriority="68" w:unhideWhenUsed="0"/>
+    <w:lsdException w:name="Medium Grid 3 Accent 6" w:semiHidden="0" w:uiPriority="69" w:unhideWhenUsed="0"/>
+    <w:lsdException w:name="Dark List Accent 6" w:semiHidden="0" w:uiPriority="70" w:unhideWhenUsed="0"/>
+    <w:lsdException w:name="Colorful Shading Accent 6" w:semiHidden="0" w:uiPriority="71" w:unhideWhenUsed="0"/>
+    <w:lsdException w:name="Colorful List Accent 6" w:semiHidden="0" w:uiPriority="72" w:unhideWhenUsed="0"/>
+    <w:lsdException w:name="Colorful Grid Accent 6" w:semiHidden="0" w:uiPriority="73" w:unhideWhenUsed="0"/>
+    <w:lsdException w:name="Subtle Emphasis" w:semiHidden="0" w:uiPriority="19" w:unhideWhenUsed="0" w:qFormat="1"/>
+    <w:lsdException w:name="Intense Emphasis" w:semiHidden="0" w:uiPriority="21" w:unhideWhenUsed="0" w:qFormat="1"/>
+    <w:lsdException w:name="Subtle Reference" w:semiHidden="0" w:uiPriority="31" w:unhideWhenUsed="0" w:qFormat="1"/>
+    <w:lsdException w:name="Intense Reference" w:semiHidden="0" w:uiPriority="32" w:unhideWhenUsed="0" w:qFormat="1"/>
+    <w:lsdException w:name="Book Title" w:semiHidden="0" w:uiPriority="33" w:unhideWhenUsed="0" w:qFormat="1"/>
+    <w:lsdException w:name="Bibliography" w:uiPriority="37"/>
+    <w:lsdException w:name="TOC Heading" w:uiPriority="39" w:qFormat="1"/>
+  </w:latentStyles>
+  <w:style w:type="paragraph" w:default="1" w:styleId="a">
+    <w:name w:val="Normal"/>
+    <w:qFormat/>
+    <w:rsid w:val="00341308"/>
+    <w:pPr>
+      <w:spacing w:after="200" w:line="276" w:lineRule="auto"/>
+    </w:pPr>
+    <w:rPr>
+      <w:rFonts w:ascii="Simplified Arabic" w:eastAsia="Times New Roman" w:hAnsi="Simplified Arabic" w:cs="Simplified Arabic"/>
+      <w:kern w:val="0"/>
+      <w:sz w:val="32"/>
+      <w:szCs w:val="32"/>
+      <w:lang w:val="fr-FR"/>
+    </w:rPr>
+  </w:style>
+  <w:style w:type="character" w:default="1" w:styleId="a0">
+    <w:name w:val="Default Paragraph Font"/>
+    <w:uiPriority w:val="1"/>
+    <w:semiHidden/>
+    <w:unhideWhenUsed/>
+  </w:style>
+  <w:style w:type="table" w:default="1" w:styleId="a1">
+    <w:name w:val="Normal Table"/>
+    <w:uiPriority w:val="99"/>
+    <w:semiHidden/>
+    <w:unhideWhenUsed/>
+    <w:tblPr>
+      <w:tblInd w:w="0" w:type="dxa"/>
+      <w:tblCellMar>
+        <w:top w:w="0" w:type="dxa"/>
+        <w:left w:w="108" w:type="dxa"/>
+        <w:bottom w:w="0" w:type="dxa"/>
+        <w:right w:w="108" w:type="dxa"/>
+      </w:tblCellMar>
+    </w:tblPr>
+  </w:style>
+  <w:style w:type="numbering" w:default="1" w:styleId="a2">
+    <w:name w:val="No List"/>
+    <w:uiPriority w:val="99"/>
+    <w:semiHidden/>
+    <w:unhideWhenUsed/>
+  </w:style>
+  <w:style w:type="paragraph" w:styleId="a3">
+    <w:name w:val="header"/>
+    <w:basedOn w:val="a"/>
+    <w:link w:val="Char"/>
+    <w:uiPriority w:val="99"/>
+    <w:rsid w:val="00341308"/>
+    <w:pPr>
+      <w:tabs>
+        <w:tab w:val="center" w:pos="4536"/>
+        <w:tab w:val="right" w:pos="9072"/>
+      </w:tabs>
+      <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+    </w:pPr>
+  </w:style>
+  <w:style w:type="character" w:customStyle="1" w:styleId="Char">
+    <w:name w:val="رأس الصفحة Char"/>
+    <w:basedOn w:val="a0"/>
+    <w:link w:val="a3"/>
+    <w:uiPriority w:val="99"/>
+    <w:rsid w:val="00341308"/>
+    <w:rPr>
+      <w:rFonts w:ascii="Simplified Arabic" w:eastAsia="Times New Roman" w:hAnsi="Simplified Arabic" w:cs="Simplified Arabic"/>
+      <w:kern w:val="0"/>
+      <w:sz w:val="32"/>
+      <w:szCs w:val="32"/>
+      <w:lang w:val="fr-FR"/>
+    </w:rPr>
+  </w:style>
+  <w:style w:type="paragraph" w:styleId="a4">
+    <w:name w:val="footer"/>
+    <w:basedOn w:val="a"/>
+    <w:link w:val="Char0"/>
+    <w:uiPriority w:val="99"/>
+    <w:rsid w:val="00341308"/>
+    <w:pPr>
+      <w:tabs>
+        <w:tab w:val="center" w:pos="4536"/>
+        <w:tab w:val="right" w:pos="9072"/>
+      </w:tabs>
+      <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+    </w:pPr>
+  </w:style>
+  <w:style w:type="character" w:customStyle="1" w:styleId="Char0">
+    <w:name w:val="تذييل الصفحة Char"/>
+    <w:basedOn w:val="a0"/>
+    <w:link w:val="a4"/>
+    <w:uiPriority w:val="99"/>
+    <w:rsid w:val="00341308"/>
+    <w:rPr>
+      <w:rFonts w:ascii="Simplified Arabic" w:eastAsia="Times New Roman" w:hAnsi="Simplified Arabic" w:cs="Simplified Arabic"/>
+      <w:kern w:val="0"/>
+      <w:sz w:val="32"/>
+      <w:szCs w:val="32"/>
+      <w:lang w:val="fr-FR"/>
+    </w:rPr>
+  </w:style>
+  <w:style w:type="paragraph" w:styleId="a5">
+    <w:name w:val="List Paragraph"/>
+    <w:basedOn w:val="a"/>
+    <w:uiPriority w:val="99"/>
+    <w:qFormat/>
+    <w:rsid w:val="00341308"/>
+    <w:pPr>
+      <w:ind w:left="720"/>
+    </w:pPr>
+  </w:style>
+  <w:style w:type="character" w:styleId="Hyperlink">
+    <w:name w:val="Hyperlink"/>
+    <w:basedOn w:val="a0"/>
+    <w:uiPriority w:val="99"/>
+    <w:unhideWhenUsed/>
+    <w:rsid w:val="00E36B37"/>
+    <w:rPr>
+      <w:color w:val="0563C1" w:themeColor="hyperlink"/>
+      <w:u w:val="single"/>
+    </w:rPr>
+  </w:style>
+  <w:style w:type="character" w:customStyle="1" w:styleId="UnresolvedMention">
     <w:name w:val="Unresolved Mention"/>
     <w:basedOn w:val="a0"/>
     <w:uiPriority w:val="99"/>
     <w:semiHidden/>
     <w:unhideWhenUsed/>
     <w:rsid w:val="00E36B37"/>
     <w:rPr>
       <w:color w:val="605E5C"/>
       <w:shd w:val="clear" w:color="auto" w:fill="E1DFDD"/>
     </w:rPr>
   </w:style>
 </w:styles>
 </file>
 
 <file path=word/webSettings.xml><?xml version="1.0" encoding="utf-8"?>
-<w:webSettings xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du">
+<w:webSettings xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" mc:Ignorable="w14">
   <w:divs>
     <w:div w:id="1408652753">
       <w:bodyDiv w:val="1"/>
       <w:marLeft w:val="0"/>
       <w:marRight w:val="0"/>
       <w:marTop w:val="0"/>
       <w:marBottom w:val="0"/>
       <w:divBdr>
         <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
         <w:left w:val="none" w:sz="0" w:space="0" w:color="auto"/>
         <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
         <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
       </w:divBdr>
       <w:divsChild>
         <w:div w:id="1691298400">
           <w:marLeft w:val="0"/>
           <w:marRight w:val="0"/>
           <w:marTop w:val="100"/>
           <w:marBottom w:val="100"/>
           <w:divBdr>
             <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
             <w:left w:val="none" w:sz="0" w:space="0" w:color="auto"/>
             <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
             <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
           </w:divBdr>
@@ -3437,51 +4062,51 @@
           </w:divsChild>
         </w:div>
       </w:divsChild>
     </w:div>
     <w:div w:id="1748723912">
       <w:bodyDiv w:val="1"/>
       <w:marLeft w:val="0"/>
       <w:marRight w:val="0"/>
       <w:marTop w:val="0"/>
       <w:marBottom w:val="0"/>
       <w:divBdr>
         <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
         <w:left w:val="none" w:sz="0" w:space="0" w:color="auto"/>
         <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
         <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
       </w:divBdr>
     </w:div>
   </w:divs>
   <w:optimizeForBrowser/>
   <w:relyOnVML/>
   <w:allowPNG/>
 </w:webSettings>
 </file>
 
 <file path=word/_rels/document.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="mailto:xxxxxxxx@xxxx.com" TargetMode="External"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/endnotes" Target="endnotes.xml"/><Relationship Id="rId12" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/numbering" Target="numbering.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXml" Target="../customXml/item1.xml"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footnotes" Target="footnotes.xml"/><Relationship Id="rId11" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/fontTable" Target="fontTable.xml"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/webSettings" Target="webSettings.xml"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footer" Target="footer1.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/settings" Target="settings.xml"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/header" Target="header1.xml"/></Relationships>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/endnotes" Target="endnotes.xml"/><Relationship Id="rId13" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footnotes" Target="footnotes.xml"/><Relationship Id="rId12" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/fontTable" Target="fontTable.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/numbering" Target="numbering.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXml" Target="../customXml/item1.xml"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/webSettings" Target="webSettings.xml"/><Relationship Id="rId11" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footer" Target="footer1.xml"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/settings" Target="settings.xml"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/header" Target="header1.xml"/><Relationship Id="rId4" Type="http://schemas.microsoft.com/office/2007/relationships/stylesWithEffects" Target="stylesWithEffects.xml"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="mailto:xxxxxxxx@xxxx.com" TargetMode="External"/></Relationships>
 </file>
 
 <file path=word/theme/theme1.xml><?xml version="1.0" encoding="utf-8"?>
 <a:theme xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" name="Office Theme">
   <a:themeElements>
     <a:clrScheme name="Office">
       <a:dk1>
         <a:sysClr val="windowText" lastClr="000000"/>
       </a:dk1>
       <a:lt1>
         <a:sysClr val="window" lastClr="FFFFFF"/>
       </a:lt1>
       <a:dk2>
         <a:srgbClr val="44546A"/>
       </a:dk2>
       <a:lt2>
         <a:srgbClr val="E7E6E6"/>
       </a:lt2>
       <a:accent1>
         <a:srgbClr val="4472C4"/>
       </a:accent1>
       <a:accent2>
         <a:srgbClr val="ED7D31"/>
       </a:accent2>
       <a:accent3>
@@ -3695,109 +4320,109 @@
             </a:gs>
             <a:gs pos="50000">
               <a:schemeClr val="phClr">
                 <a:tint val="98000"/>
                 <a:satMod val="130000"/>
                 <a:shade val="90000"/>
                 <a:lumMod val="103000"/>
               </a:schemeClr>
             </a:gs>
             <a:gs pos="100000">
               <a:schemeClr val="phClr">
                 <a:shade val="63000"/>
                 <a:satMod val="120000"/>
               </a:schemeClr>
             </a:gs>
           </a:gsLst>
           <a:lin ang="5400000" scaled="0"/>
         </a:gradFill>
       </a:bgFillStyleLst>
     </a:fmtScheme>
   </a:themeElements>
   <a:objectDefaults/>
   <a:extraClrSchemeLst/>
   <a:extLst>
     <a:ext uri="{05A4C25C-085E-4340-85A3-A5531E510DB2}">
-      <thm15:themeFamily xmlns:thm15="http://schemas.microsoft.com/office/thememl/2012/main" name="Office Theme" id="{62F939B6-93AF-4DB8-9C6B-D6C7DFDC589F}" vid="{4A3C46E8-61CC-4603-A589-7422A47A8E4A}"/>
+      <thm15:themeFamily xmlns:thm15="http://schemas.microsoft.com/office/thememl/2012/main" xmlns="" name="Office Theme" id="{62F939B6-93AF-4DB8-9C6B-D6C7DFDC589F}" vid="{4A3C46E8-61CC-4603-A589-7422A47A8E4A}"/>
     </a:ext>
   </a:extLst>
 </a:theme>
 </file>
 
 <file path=customXml/_rels/item1.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXmlProps" Target="itemProps1.xml"/></Relationships>
 </file>
 
 <file path=customXml/item1.xml><?xml version="1.0" encoding="utf-8"?>
 <b:Sources xmlns:b="http://schemas.openxmlformats.org/officeDocument/2006/bibliography" xmlns="http://schemas.openxmlformats.org/officeDocument/2006/bibliography" SelectedStyle="\APASixthEditionOfficeOnline.xsl" StyleName="APA" Version="6"/>
 </file>
 
 <file path=customXml/itemProps1.xml><?xml version="1.0" encoding="utf-8"?>
-<ds:datastoreItem xmlns:ds="http://schemas.openxmlformats.org/officeDocument/2006/customXml" ds:itemID="{2C257829-86A7-42B9-B1D3-820CC1F56233}">
+<ds:datastoreItem xmlns:ds="http://schemas.openxmlformats.org/officeDocument/2006/customXml" ds:itemID="{E55C149A-109E-4B43-92EA-31D3D4830DBC}">
   <ds:schemaRefs>
     <ds:schemaRef ds:uri="http://schemas.openxmlformats.org/officeDocument/2006/bibliography"/>
   </ds:schemaRefs>
 </ds:datastoreItem>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties" xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes">
   <Template>Normal</Template>
   <TotalTime></TotalTime>
   <Pages>2</Pages>
-  <Words>382</Words>
-  <Characters>2182</Characters>
+  <Words>463</Words>
+  <Characters>2642</Characters>
   <Application>Microsoft Office Word</Application>
   <DocSecurity>0</DocSecurity>
-  <Lines>18</Lines>
-  <Paragraphs>5</Paragraphs>
+  <Lines>22</Lines>
+  <Paragraphs>6</Paragraphs>
   <ScaleCrop>false</ScaleCrop>
   <HeadingPairs>
     <vt:vector size="4" baseType="variant">
       <vt:variant>
         <vt:lpstr>العنوان</vt:lpstr>
       </vt:variant>
       <vt:variant>
         <vt:i4>1</vt:i4>
       </vt:variant>
       <vt:variant>
         <vt:lpstr>Title</vt:lpstr>
       </vt:variant>
       <vt:variant>
         <vt:i4>1</vt:i4>
       </vt:variant>
     </vt:vector>
   </HeadingPairs>
   <TitlesOfParts>
     <vt:vector size="2" baseType="lpstr">
       <vt:lpstr>المجلة الليبية للدراسات الأكاديمية المعاصرة</vt:lpstr>
       <vt:lpstr/>
     </vt:vector>
   </TitlesOfParts>
   <Company/>
   <LinksUpToDate>false</LinksUpToDate>
-  <CharactersWithSpaces>2559</CharactersWithSpaces>
+  <CharactersWithSpaces>3099</CharactersWithSpaces>
   <SharedDoc>false</SharedDoc>
   <HyperlinksChanged>false</HyperlinksChanged>
   <AppVersion></AppVersion>
 </Properties>
 </file>
 
 <file path=docProps/core.xml><?xml version="1.0" encoding="utf-8"?>
 <cp:coreProperties xmlns:cp="http://schemas.openxmlformats.org/package/2006/metadata/core-properties" xmlns:dc="http://purl.org/dc/elements/1.1/" xmlns:dcterms="http://purl.org/dc/terms/" xmlns:dcmitype="http://purl.org/dc/dcmitype/" xmlns:xsi="http://www.w3.org/2001/XMLSchema-instance">
   <dc:title>مجلة بحوث الاتصال</dc:title>
   <dc:subject/>
   <dc:creator>المجلة الليبية للدراسات الأكاديمية المعاصرة</dc:creator>
   <cp:keywords/>
   <dc:description/>
   <cp:lastModifiedBy></cp:lastModifiedBy>
   <cp:revision></cp:revision>
   <dcterms:created xsi:type="dcterms:W3CDTF"></dcterms:created>
   <dcterms:modified xsi:type="dcterms:W3CDTF"></dcterms:modified>
 </cp:coreProperties>
 </file>
 
 <file path=docProps/custom.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/custom-properties" xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes">
   <property fmtid="{D5CDD505-2E9C-101B-9397-08002B2CF9AE}" pid="2" name="GrammarlyDocumentId">
     <vt:lpwstr>109c6e7d3c5db692a0194b0e11b9510946c6a48d50eeabb81dfd78cc63782585</vt:lpwstr>
   </property>